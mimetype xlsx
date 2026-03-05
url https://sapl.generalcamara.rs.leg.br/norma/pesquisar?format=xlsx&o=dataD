--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -10,88 +10,364 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4968" uniqueCount="2613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5129" uniqueCount="2704">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>2660</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>LEI ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/753/lei_2.660-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 200.000,00.</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>2659</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/752/lei_2.659-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 100.000,00.</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>2658</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/751/lei_2.658-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 198.000,00.</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>2657</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/750/lei_2.657-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 27.595,38.</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>2656</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/749/lei_2.656-2025.pdf</t>
+  </si>
+  <si>
+    <t>Declara o Clube 9 de Março como entidade de utilidade pública no âmbito do município de General Câmara.</t>
+  </si>
+  <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>2655</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/748/lei_2.655-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>2654</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/747/lei_2.654-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 52.380,95.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>2653</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/746/lei_2.653-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 285.545,00.</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>2652</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/745/lei_2.652-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Fundo Municipal de Meio Ambiente – FUNDEMA, revoga Leis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>2651</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/744/lei_2.651-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 693.000,00.</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>2650</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/743/lei_2.650-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a conceder o uso de uma carreta agrícola à Associação dos Produtores e Produtoras Rurais do Rincão, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>2649</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/742/lei_2.649-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a concessão de uso de bem imóvel de propriedade do Município de General Câmara, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>2648</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/741/lei_2.648-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 9.960,00.</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>2647</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/740/lei_2.647-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual para o quadriênio 2026-2029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>2646</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/739/lei_2.646-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 50.000,00.</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>2645</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/738/lei_2.645-2025.pdf</t>
+  </si>
+  <si>
+    <t>Declara a fumicultura como atividade de relevante interesse econômico, social e cultural no âmbito do Município de General Câmara e dá outras providências.</t>
+  </si>
+  <si>
+    <t>737</t>
+  </si>
+  <si>
+    <t>2644</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/737/lei_2.644-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 24.935,87.</t>
+  </si>
+  <si>
+    <t>736</t>
+  </si>
+  <si>
+    <t>2643</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/736/lei_2.643-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 199.773,00.</t>
+  </si>
+  <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>2642</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/735/lei_2.642-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede isenção de ITBI às pessoas beneficiadas pelo Programa Compra Assistida e FAR - Calamidade, ambos da Caixa Econômica Federal - CEF e dá outras providências.</t>
+  </si>
+  <si>
+    <t>734</t>
+  </si>
+  <si>
+    <t>2641</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/734/lei_2.641-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 2.000,00.</t>
+  </si>
+  <si>
+    <t>733</t>
+  </si>
+  <si>
+    <t>2640</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/733/lei_2.640-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o poder executivo a realizar Cessão de Uso de um trator agrícola à Associação dos Produtores Rurais do Pagador Martel, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>732</t>
+  </si>
+  <si>
+    <t>2639</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/732/lei_2.639-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Sistema Municipal de Turismo de General Câmara, revoga a Lei Municipal nº 2.177/2019 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>731</t>
+  </si>
+  <si>
+    <t>2638</t>
+  </si>
+  <si>
+    <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/731/lei_2.638-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a doação de bem imóvel do Município de General Câmara à Associação de Pais e Amigos dos Excepcionais – APAE General Câmara.</t>
+  </si>
+  <si>
     <t>730</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2637</t>
   </si>
   <si>
-    <t>LEI</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/730/lei_2.637-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 130.882,86.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/729/lei_2.636-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 20.000,00.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/728/lei_2.635-2025.pdf</t>
@@ -193,53 +469,50 @@
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/720/lei_2.627-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial no valor de R$ 33.959,00.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/719/lei_2.626-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política de patrocínio de eventos vinculados ao Turismo, Cultura e Lazer no Município de General Câmara.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/718/lei_2.625-2025.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 50.000,00.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/717/lei_2.624-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial no valor de R$ 14.270,45.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/716/lei_2.623-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Municipal de Cultura de General Câmara, unifica as Leis Municipais nº 2.308/2021, nº 2.465/2023 e nº 2.466/2023, e dá outras providências.</t>
   </si>
@@ -8196,56 +8469,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/730/lei_2.637-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/729/lei_2.636-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/728/lei_2.635-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/727/lei_2.634-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/726/lei_2.633-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/725/lei_2.632-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/724/lei_2.631-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/723/lei_2.630-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/722/lei_2.629-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/721/lei_2.628-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/720/lei_2.627-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/719/lei_2.626-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/718/lei_2.625-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/717/lei_2.624-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/716/lei_2.623-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/715/lei_2.622-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/714/lei_2.621-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/713/lei_2.620-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/712/lei_2.619-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/711/lei_2.618-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/710/lei_2.617-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/709/lei_2.616-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/708/lei_2.615-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/707/lei_2.614-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/706/lei_2.613-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/705/lei_2.612-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/704/lei_2.611-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/703/lei_2.610-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/702/lei_2.609-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/701/lei_2.608-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/700/lei_2.607-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/699/lei_2.606-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/698/lei_2.605-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/697/lei_2.604-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/696/lei_2.603-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/695/lei_2.602-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/694/lei_2.601-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/693/lei_2.600-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/692/lei_2.599-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/691/lei_2.598-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/690/lei_2.597-2025_loa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/689/lei_2.596-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/688/lei_2.595-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/687/lei_2.594-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/686/lei_2.593-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/685/lei_2.592-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/684/lei_2.591-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/683/lei_2.590-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/682/lei_2.589-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/681/lei_2.588-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/680/lei_2.587-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/679/lei_2.586-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/678/lei_2.585-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/677/lei_2.584-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/676/lei_2.583-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/675/lei_2.582-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/674/lei_2.581-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/673/lei_2.580-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/672/lei_2.579-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/671/lei_2.578-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/670/lei_2.577-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/669/lei_2.576-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/668/lei_2.575-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/667/lei_2.574-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/666/lei_2.573-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/665/lei_2.572-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/664/lei_2.571-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/663/lei_2.570-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/662/lei_2.569-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/661/lei_2.568-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/660/lei_2.567-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/659/lei_2.566-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/658/lei_2.565-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/657/lei_2.564-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/656/lei_2.563-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/655/lei_2.562-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/654/lei_2.561-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/653/lei_2.560-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/652/lei_2.559-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/651/lei_2.558-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/650/lei_2.557-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/649/lei_2.556-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/648/lei_2.555-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/647/lei_2.554-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/646/lei_2.553-3034.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/645/lei_2.552-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/644/lei_2.551-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/643/lei_2.550-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/642/lei_2.549-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/641/lei_2.548-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/640/lei_2.547-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/639/lei_2.546-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/638/lei_2.545-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/637/lei_2.544-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/636/lei_2.543-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/635/lei_2.542-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/634/lei_2.541-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/633/lei_2.540-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/632/lei_2.539-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/631/lei_2.538-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/630/lei_2.537-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/629/lei_2536-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/628/lei_2535-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/627/lei_2534-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/626/lei_2533-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/625/lei_2532-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/624/lei_2531-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/623/lei_2530-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/622/lei_2529-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/621/lei_2528-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/620/lei_2527-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/619/lei_2526-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/618/lei_2525-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/617/lei_2524-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/616/lei_2523-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/615/lei_2522-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/614/lei_2521-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/613/lei_2520-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/612/lei_2519-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/611/lei_2518-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/610/lei_2517-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/609/lei_2516-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/608/lei_2515-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/607/lei_2514-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/606/lei_2513-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/605/lei_2512-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/604/lei_2.511-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/603/lei_2.510-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/602/lei_2.509-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/601/lei_2.508-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/600/lei_2.507-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/599/lei_2.506-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/598/lei_2.505-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/597/lei_2.504-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/596/lei_2.503-2024__loa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/595/lei_2.502-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/594/lei_2.501-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/593/lei_2.500-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/592/lei_2.499-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/591/lei_2.498-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/590/lei_2.497-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/589/lei_2.496-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/588/lei_2.495-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/587/lei_2.494-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/586/lei_2.493-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/585/lei_2.492-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/569/dec_034-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/583/lei_2.491-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/582/lei_2.490-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/581/lei_2.489-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/568/dec_033-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/580/lei_2.488-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/579/lei_2.487-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/578/lei_2.486-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/567/dec_032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/577/lei_2.485-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/576/lei_2.484-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/575/lei_2.483-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/574/lei_2.482-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/573/lei_2.481-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/572/lei_2.480-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/571/lei_2.479-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/584/lc_014-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/566/dec_031-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/570/lei_2.478-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/565/dec_030-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/564/dec_029-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/563/dec_028-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/562/dec_027-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/561/dec_026-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/560/dec_025-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/559/dec_024-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/558/dec_023-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/556/lei_2477-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/555/lei_2476-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/554/lei_2475-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/553/lei_2474-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/552/lei_2473-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/551/lei_2472-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/550/lei_2471-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/549/lei_2470-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/548/lei_2469-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/545/lei_2468-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/544/lei_2467-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/543/lei_2466-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/542/lei_2465-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/541/lei_2464-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/540/lei_2463-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/539/lei_2462-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/538/lei_2461-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/547/lc_013-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/515/lei_2.460-23.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/514/lei_2.459-23.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/513/lei_2.458-23.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/512/lei_2.457-23.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/537/dec_022-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/536/dec_021-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/511/lei_2.456-23.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/510/lei_2.455-23.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/509/lei_2.454-23.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/508/lei_2.453-23.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/507/lei_2.452-23.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/506/lei_2.451-23.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/505/lei_2.450-23.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/504/lei_2.449-23.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/503/lei_2.448-23.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/502/lei_2.447-23.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/546/lc_012-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/535/dec_020-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/534/dec_019-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/501/lei_2.446-23.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/500/lei_2.445-23.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/499/lei_2444-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/498/lei_2443-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/524/dec_009-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/523/dec_008-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/522/dec_007-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/521/dec_006-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/520/dec_005-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/519/dec_004-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/518/dec_003-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/533/dec_018-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/532/dec_017-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/531/dec_016-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/530/dec_015-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/529/dec_014-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/528/dec_013-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/527/dec_012-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/526/dec_011-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/525/dec_010-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/497/lei_2442-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/496/lei_2441-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/517/dec_002-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/516/dec_001-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/495/lei_2440-2023_loa.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/494/lei_2439-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/493/lei_2438-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/492/lei_2437-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/491/lei_2436-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/490/lei_2435-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/489/lei_2434-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/488/lei_2433-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/487/lei_2432-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/486/lei_2431-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/485/lei_2430-23.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/483/lei_2.429-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/482/lei_2.428-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/481/lei_2.427-2022_ldo-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/480/lei_2.426-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/479/lei_2.425-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/478/lei_2.424-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/477/lei_2.423-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/476/lei_2.422-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/475/lei_2.421-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/474/lei_2.420-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/473/lei_2.419-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/472/lei_2.418-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/470/lei_2_417_de_2022_remissao_de_creditos_tributarios_e_nao_tributarios.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/469/lei_2_416_de_2022_remocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/468/lei_2_415_de_2022_credito_especial_r_122_110_87.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/471/dec_036-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/467/lei_2_414_de_2022_credito_especial_r_39_846_96.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/466/lei_2_413_de_2022_credito_especial_r_100_000_00.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/465/lei_2_412_de_2022_credito_especial_r_200_000_00.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/464/lei_2_411_de_2022_denomina_rua_jose_eraldo_da_silveira.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/463/lei_2_410_de_2022_autoriza_incentivo_a_empresa.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/462/lei_2_409_de_2022_denomina_rua_adao_lucas_viana.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/461/dec_035-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/448/lei_2.408-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/484/lc_011-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/447/lei_2.407-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/446/lei_2.406-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/445/lei_2.405-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/444/lei_2.404-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/460/dec_034-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/443/lei_2.403-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/442/lei_2.402-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/441/lei_2.401-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/440/lei_2.400-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/439/lei_2.399-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/438/lei_2.398-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/437/lei_2.397-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/435/decreto.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/459/dec_032-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/458/dec_031-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/436/lei_2.396-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/434/lei_2395-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/457/dec_030-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/456/dec_029-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/455/dec_028-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/454/dec_027-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/453/dec_026-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/452/dec_025-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/451/dec_024-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/450/dec_023-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/449/dec_022-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/432/lc_010-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/431/lc_009-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/428/lei_2.394-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/427/lei_2.393-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/426/lei_2.392-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/425/lei_2.391-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/424/lei_2.390-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/423/lei_2.389-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/430/lc_008-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/429/lc_007-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/396/lei_2.388-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/395/lei_2.387-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/394/lei_2.386-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/393/lei_2.385-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/392/lei_2.384-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/391/lei_2.383-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/390/lei_2.382-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/389/lei_2.381-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/388/lei_2.380-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/387/lei_2.379-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/386/lei_2.378-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/410/dec_009-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/409/dec_008-2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/408/dec_007-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/407/dec_006-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/406/dec_005-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/405/dec_004-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/422/dec_021-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/421/dec_020-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/420/dec_019-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/419/dec_018-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/418/dec_017-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/417/dec_016-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/416/dec_015-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/415/dec_014-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/414/dec_013-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/413/dec_012-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/412/dec_011-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/411/dec_010-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/400/lc_006-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/399/lc_005-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/385/lei_2.377-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/384/lei_2.376-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/383/lei_2.375-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/382/lei_2.374-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/381/lei_2.373-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/398/lc_004-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/397/lc_003-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/380/lei_2.372-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/379/lei_2.371-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/404/dec_003-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/378/lei_2.370-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/403/dec_002-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/377/lei_2.369-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/376/lei_2.368-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/375/lei_2.367-2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/374/lei_2.366-2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/363/resolucao.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/373/lei_2.365-2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/372/lei_2.364-2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/371/lei_2.363-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/402/dec_001-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/370/lei_2.362-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/369/lei_2.361-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/368/lei_2.360-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/367/lei_2.359-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/366/lei_2.358-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/365/lei_2.357-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/364/lei_2.356-2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/360/lei_2.355-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/359/lei_2.354-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/358/lei_2.353-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/357/lei_2.352-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/362/resolucao_1.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/356/lei_2.351-2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/355/lei_2.350-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/354/lei_2.349-2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/433/lei_2.348-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/353/lei_2.347-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/352/lei_2.346-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/351/lei_2.345-2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/350/lei_2.344-2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/349/lei_2.343-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/348/lei_2.342-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/347/lei_2.341-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/346/lei_2.340-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/345/lei_2.339-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/335/lc_002-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/344/lei_2.338-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/343/lei_2.337-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/342/lei_2.336-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/341/lei_2.335-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/340/lei_2.334-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/339/lei_2.333-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/338/lei_2.332-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/401/lc_001-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/337/lei_2.331-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/336/lei_2.330-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/334/lei_2.329-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/333/lei_2.328-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/332/lei_2.327-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/331/lei_2.326-2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/330/lei_2.325-2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/329/lei_2.324-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/328/lei_2.323-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/327/lei_2.322-2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/326/lei_2.321-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/325/lei_2.320-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/361/lei_2.319-2021_ppa.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/324/lei_2.318-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/323/lei_2.317-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/322/lei_2.316-2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/321/lei_2.315-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/320/lei_2.314-2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/319/lei_2.313-2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/318/lei_2.312-2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/317/lei_2.311-2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/316/lei_2.310-2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/315/lei_2.309-2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/312/decreto_013-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/314/lei_2.308-2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/313/lei_2.307-2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/302/lei_2.306-2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/301/lei_2.305-2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/300/lei_2.304-2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/299/lei_2.303-2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/298/lei_2.302-2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/297/lei_2.301-2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/295/decreto_012-2021_ponto_facultativo..pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/307/decreto_009-2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/306/decreto_008-2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/305/decreto_007-2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/304/decreto_006-2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/303/decreto_005-2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/309/decreto_011-2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/308/decreto_010-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/296/lei_2.300-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/294/lei_2.299-2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/293/lei_2.298-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/292/lei_2.297-2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/291/lei_2.296-2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/290/lei_2.295-2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/289/lei_2.294-2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/288/lei_2.293-2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/287/lei_2.292-2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/286/lei_2.291-2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/285/lei_2.290-2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/284/lei_2.289-2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/283/lei_2.288-2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/282/lei_2.287-2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/281/lei_2.286-2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/279/lei_2.284-2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/280/lei_2.285-2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/278/lei_2.283-2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/277/lei_2.282-2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/273/res_001-2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/276/lei_2.281-2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/275/lei_2.280-2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/274/lei_2.279-2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/272/lei_2.278-2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/271/lei_2.277-2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/270/lei_2.276-2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/311/decreto_004-2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/268/decreto_003-2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/267/decreto_002-2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/266/lei_2.275-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/265/lei_2.274-2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/264/lei_2.273-2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/263/lei_2.272-2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/262/lei_2.271-2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/260/lei_2.269-2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/259/lei_2.268-2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/257/lei_2.266-2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/261/lei_2.270-2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/258/lei_2.267-2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/255/lei_2.264-2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/254/lei_2.263-2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/256/lei_2.265-2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/253/lei_2.262-2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/252/lei_2.261-2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/251/lei_2.260-2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/250/lei_2.259-2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/249/lei_2.258-2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/248/lei_2.257-2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/247/lei_2.256-2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/246/lei_2.255-2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/310/decreto_01-2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/244/lei_2.254-2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/243/lei_2.253-2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/242/lei_2.252-2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/241/lei_2.251-2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/240/lei_2.250-2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/239/lei_2.249-2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/238/lei_2.248-2021.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/245/lei_2.247-2021_loa.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/236/lei_2.246-2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/235/lei_2.245-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/233/lei_2242_de_2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/234/lei_2.244-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/237/lei_2.243-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/232/lei_2241_de_2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/231/lei_2240_de_2020_1.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/230/lei_2239_de_2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/227/lei_2.236-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/226/lei_2.235-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/225/lei_2.234-2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/223/lei_2.232-2020.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/222/lei_2.231-2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/224/lei_2.233-2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/198/lei_2230_de_2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/197/lei_2.229-2020.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/196/lei_2.228-2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/229/lei_2.238-2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/228/lei_2.237-2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/207/lei_2.227-2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/195/lei_2.226-2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/217/lei_2.225-2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/216/lei_2.224-2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/215/lei_2.223-2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/214/lei_2.222-2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/213/lei_2.221-2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/200/lei_2.211-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/212/lei_2220_de_2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/206/lei_2.219-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/205/lei_2.218-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/204/lei_2.217-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/203/lei_2.214-2020_contratacao__operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/202/lei_2.213-2020_contratacao_professor.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/201/lei_2.212-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/199/lei_2.210-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/208/lei_2209_de_2020___reurb_compressed_2.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/209/lei_2.208-2020_iptu.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/210/lei_2.207-2020_loa.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/211/lei_2.206-2020_fisio.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/194/lei_2205_de_2019.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/193/lei_n_2204_2019_cria_cargos_da_codesa.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/192/lei_n_2203_2019_contratar_quimico.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/191/lei_n_2202_2019_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/190/lei_municipal_n_2201_de_2019_de_19_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/189/lei_digitalizada_n_2200_de_2019_de_11_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/188/lei_digitalizada_n_2199_de_2019_de_11_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/187/lei_digitalizada_n_2198_de_2019_de_08_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/186/lei_digitalizada_n_2197_de_2019_de_05_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/185/lei_digitalizada_n_2196_de_2019_de_30_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/184/lei_digitalizada_n_2195_de_2019_de_30_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/183/lei_digitalizada_n_2194_de_2019_de_29_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/182/lei_ordinria_n_2193_de_2019_de_26_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/181/lei_ordinria_n_2192_de_2019_de_26_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/180/lei_ordinria_n_2191_de_2019_de_25_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/179/lei_ordinria_n_2190_de_2019_de_24_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/178/lei_ordinria_n_2189_de_2019_de_24_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/177/lei_ordinria_n_2188_de_2019_de_12_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/176/lei_ordinria_n_2187_de_2019_de_05_de_setembro_de_2019_euf5ERX.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/175/lei_ordinria_n_2186_de_2019_de_04_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/174/lei_ordinria_n_2185_de_2019_de_04_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/173/lei_ordinria_n_2184_de_2019_de_04_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/172/lei_n_2183_de_2019_de_21_de_agosto_de_2019.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/171/lei_n_2182_de_2019_de_12_de_agosto_de_2019___digitali_m960X14.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/170/lei_ordinria_n_2181_de_2019.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/169/lei_ordinria_n_2180_de_2019.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/168/lei_ordinria_n_2179_de_2019.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/167/lei_ordinria_n_2178_de_2019.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/166/lei_ordinria_n_2177_de_2019.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/165/lei_ordinria_n_2176_de_2019.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/163/lei_municipal_n_2174_de_2019.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/162/lei_municipal_n_2173_de_2019.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/161/lei_n_2172_2019.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/160/lei_n_2171_2019.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/159/lei_n_2170_2019.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/158/lei_n_2169_2019.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/157/lei_municipal_n_2168_2019.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/156/lei_municipal_n_2167_2019.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/155/lei_municipal_n_2166_2019.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/154/lei_municipal_n_2165_2019.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/153/lei_municipal_n_2164_2019.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/152/lei_municipal_n_2163_2019.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/149/190404075221.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/151/lei_municipal_n_2162_2019.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/218/2161.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/150/lei_2160-2019.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/148/190404075304.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/147/190404075353.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/146/190404084133.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/145/190404082955.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/144/190404081033.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/143/lei_municipal_2154_2019.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/142/lei_municipal_2153_2019.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/141/lei_municipal_2152_2019.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/140/lei_municipal_2151_2019.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/139/lei_municipal_2150_2019.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/138/lei_municipal_2149_2019.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/137/lei_municipal_n_2148_de_2019_de_16_de_janeiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/136/lei_municipal_2147_2019.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/135/lei_municipal_2146_2019.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/134/lei_municipal_2145_2019.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/133/lei_municipal_2144_2019.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/132/lei_municipal_n_2143_2019.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/131/lei_municipal_2142_2019.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/130/lei_municipal_2141_2019.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/129/181227131731.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/128/181227125220.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/127/181227124300.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/126/181227123906.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/125/181227123453.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/124/181227121019.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/123/scan_20191003_150737775.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/122/181226121241.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/121/181226120923.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/120/181226120056.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/119/181207080912.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/118/181207080552.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/117/181207080227.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/116/181207075413.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/115/181207075046.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/114/181207074653.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/113/181207074209.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/112/181207073416.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/111/181207073016.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/110/181026071503.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/109/181026071426.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/108/181015145910.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/107/181015145338.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/106/181015144913.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/105/181015144533.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/104/180906125207.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/103/180906124717.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/102/180906124023.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/101/180906123032.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/100/180822141526.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/99/180906120154.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/98/180730135908.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/97/lei_n2104_2018__abertura_de_crdito_no_valor_de_r10500000.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/96/lei_n2103_2018__abertura_de_crdito_r4722855.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/95/180730132335.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/94/180607093741.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/93/180607091603.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/92/lei_2099-2018.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/91/180607090547.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/90/180606130404.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/89/180508131250.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/88/180508130113.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/87/180508125128.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/86/lei_n2093_2018__d_nova_redao__art_33_lei_1862_2014.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/85/180508123107.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/84/180508122136.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/83/180508121714.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/82/lei_n_2089_2018__inclui_a_alnea_no_inciso_iii.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/81/lei_n_2088_2018_autoriza_a_contratao_de_atendente_de_escola.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/80/lei_n_2087_2018revoga_a_lei_n_1531_2010.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/221/lei_2086-2018.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/79/180327121529.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/78/180327120619.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/77/180327095312.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/76/180327094501.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/75/lei_n_2081_2018__cria_dirio_oficial_eletrnico_gc.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/74/lei_n_2080_2018__termo_de_conceo_de_uso_produtores_rurais_rico.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/72/lei_n_2079_2018__termo_de_concesso_de_uso_produtores_de_leite.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/71/lei_n_2078_2018__loa.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/70/lei_n_2077_2018__denomina_prof_alice_de_oliveira_pereira.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/69/lei_n_2076_2018__denomina_paulo_jos_garcia_soares.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/68/lei_n_2075_2018__iptu_2018.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/67/180305072358.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/66/180305071954.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_2072_2017__abertura_de_crdito_r_10440000.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/220/lei_2071-2017_compressed.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/64/lei_n_2070_2017__revoga_lei_1123_2004.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/63/lei_n_2069_2017__altera_lei_1822_2014.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/62/lei_n_2068_2017__abertura_de_crdito_r_150000.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/61/180118130347.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/60/171113141014.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/59/171113134649.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/58/171113134706.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/57/171113134741.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/56/171113134800.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/55/171113130341.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/54/171113130504.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/53/171113130532.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/52/171113130631.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/51/171113130718.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/50/171113134532.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/49/171113131141.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/48/171113123318.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/46/171113123254.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/45/171113123235.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/44/171113123211.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/43/171113123141.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/42/171113121127.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/41/171113121058.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/39/171113120916.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/38/lei_n2045_2017_convnio_daer.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/37/lei_n2044_2017_abertura_de_crdito_r10200000.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/36/lei_n2043_2017_autoriza_uso_de_bem.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/35/lei_n2042_2017_obriga_apresentao_cantores.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/34/lei_2041_2017.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/33/lei_2040_2017.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/219/lei_2039_2017.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/32/170607082138.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/31/170607082053.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/30/170607082008.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/29/170607081829.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/28/170607081703.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/27/170606135814.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/26/170606135653.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/25/2031_2017.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/24/2030_2017.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/23/2029_2017.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/22/170607073740.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/21/170606135501.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/20/170606135429.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/19/170606135339.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/18/2022_2017.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/17/170606135323.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/16/lei_2.021-2017.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/15/170606135130.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/14/170606134920.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/13/170606134805.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/12/170606130652.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/11/170606131024.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/10/170606130556.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/9/170606130504.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/8/170606130422.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/7/170606130330.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/6/170606130229.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/5/170606124100.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/4/170606123927.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/3/lei_2017_2.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/2/lei_2017.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2014/557/lei_1.826-2014_compilada.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/753/lei_2.660-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/752/lei_2.659-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/751/lei_2.658-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/750/lei_2.657-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/749/lei_2.656-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/748/lei_2.655-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/747/lei_2.654-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/746/lei_2.653-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/745/lei_2.652-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/744/lei_2.651-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/743/lei_2.650-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/742/lei_2.649-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/741/lei_2.648-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/740/lei_2.647-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/739/lei_2.646-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/738/lei_2.645-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/737/lei_2.644-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/736/lei_2.643-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/735/lei_2.642-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/734/lei_2.641-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/733/lei_2.640-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/732/lei_2.639-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/731/lei_2.638-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/730/lei_2.637-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/729/lei_2.636-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/728/lei_2.635-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/727/lei_2.634-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/726/lei_2.633-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/725/lei_2.632-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/724/lei_2.631-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/723/lei_2.630-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/722/lei_2.629-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/721/lei_2.628-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/720/lei_2.627-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/719/lei_2.626-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/718/lei_2.625-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/717/lei_2.624-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/716/lei_2.623-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/715/lei_2.622-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/714/lei_2.621-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/713/lei_2.620-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/712/lei_2.619-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/711/lei_2.618-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/710/lei_2.617-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/709/lei_2.616-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/708/lei_2.615-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/707/lei_2.614-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/706/lei_2.613-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/705/lei_2.612-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/704/lei_2.611-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/703/lei_2.610-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/702/lei_2.609-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/701/lei_2.608-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/700/lei_2.607-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/699/lei_2.606-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/698/lei_2.605-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/697/lei_2.604-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/696/lei_2.603-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/695/lei_2.602-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/694/lei_2.601-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/693/lei_2.600-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/692/lei_2.599-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/691/lei_2.598-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2025/690/lei_2.597-2025_loa.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/689/lei_2.596-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/688/lei_2.595-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/687/lei_2.594-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/686/lei_2.593-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/685/lei_2.592-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/684/lei_2.591-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/683/lei_2.590-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/682/lei_2.589-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/681/lei_2.588-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/680/lei_2.587-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/679/lei_2.586-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/678/lei_2.585-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/677/lei_2.584-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/676/lei_2.583-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/675/lei_2.582-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/674/lei_2.581-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/673/lei_2.580-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/672/lei_2.579-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/671/lei_2.578-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/670/lei_2.577-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/669/lei_2.576-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/668/lei_2.575-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/667/lei_2.574-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/666/lei_2.573-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/665/lei_2.572-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/664/lei_2.571-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/663/lei_2.570-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/662/lei_2.569-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/661/lei_2.568-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/660/lei_2.567-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/659/lei_2.566-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/658/lei_2.565-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/657/lei_2.564-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/656/lei_2.563-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/655/lei_2.562-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/654/lei_2.561-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/653/lei_2.560-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/652/lei_2.559-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/651/lei_2.558-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/650/lei_2.557-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/649/lei_2.556-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/648/lei_2.555-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/647/lei_2.554-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/646/lei_2.553-3034.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/645/lei_2.552-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/644/lei_2.551-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/643/lei_2.550-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/642/lei_2.549-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/641/lei_2.548-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/640/lei_2.547-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/639/lei_2.546-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/638/lei_2.545-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/637/lei_2.544-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/636/lei_2.543-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/635/lei_2.542-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/634/lei_2.541-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/633/lei_2.540-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/632/lei_2.539-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/631/lei_2.538-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/630/lei_2.537-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/629/lei_2536-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/628/lei_2535-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/627/lei_2534-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/626/lei_2533-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/625/lei_2532-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/624/lei_2531-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/623/lei_2530-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/622/lei_2529-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/621/lei_2528-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/620/lei_2527-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/619/lei_2526-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/618/lei_2525-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/617/lei_2524-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/616/lei_2523-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/615/lei_2522-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/614/lei_2521-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/613/lei_2520-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/612/lei_2519-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/611/lei_2518-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/610/lei_2517-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/609/lei_2516-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/608/lei_2515-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/607/lei_2514-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/606/lei_2513-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/605/lei_2512-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/604/lei_2.511-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/603/lei_2.510-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/602/lei_2.509-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/601/lei_2.508-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/600/lei_2.507-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/599/lei_2.506-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/598/lei_2.505-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/597/lei_2.504-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/596/lei_2.503-2024__loa.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/595/lei_2.502-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2024/594/lei_2.501-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/593/lei_2.500-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/592/lei_2.499-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/591/lei_2.498-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/590/lei_2.497-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/589/lei_2.496-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/588/lei_2.495-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/587/lei_2.494-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/586/lei_2.493-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/585/lei_2.492-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/569/dec_034-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/583/lei_2.491-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/582/lei_2.490-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/581/lei_2.489-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/568/dec_033-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/580/lei_2.488-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/579/lei_2.487-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/578/lei_2.486-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/567/dec_032-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/577/lei_2.485-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/576/lei_2.484-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/575/lei_2.483-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/574/lei_2.482-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/573/lei_2.481-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/572/lei_2.480-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/571/lei_2.479-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/584/lc_014-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/566/dec_031-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/570/lei_2.478-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/565/dec_030-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/564/dec_029-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/563/dec_028-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/562/dec_027-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/561/dec_026-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/560/dec_025-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/559/dec_024-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/558/dec_023-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/556/lei_2477-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/555/lei_2476-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/554/lei_2475-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/553/lei_2474-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/552/lei_2473-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/551/lei_2472-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/550/lei_2471-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/549/lei_2470-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/548/lei_2469-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/545/lei_2468-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/544/lei_2467-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/543/lei_2466-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/542/lei_2465-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/541/lei_2464-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/540/lei_2463-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/539/lei_2462-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/538/lei_2461-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/547/lc_013-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/515/lei_2.460-23.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/514/lei_2.459-23.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/513/lei_2.458-23.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/512/lei_2.457-23.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/537/dec_022-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/536/dec_021-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/511/lei_2.456-23.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/510/lei_2.455-23.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/509/lei_2.454-23.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/508/lei_2.453-23.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/507/lei_2.452-23.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/506/lei_2.451-23.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/505/lei_2.450-23.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/504/lei_2.449-23.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/503/lei_2.448-23.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/502/lei_2.447-23.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/546/lc_012-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/535/dec_020-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/534/dec_019-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/501/lei_2.446-23.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/500/lei_2.445-23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/499/lei_2444-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/498/lei_2443-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/524/dec_009-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/523/dec_008-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/522/dec_007-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/521/dec_006-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/520/dec_005-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/519/dec_004-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/518/dec_003-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/533/dec_018-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/532/dec_017-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/531/dec_016-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/530/dec_015-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/529/dec_014-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/528/dec_013-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/527/dec_012-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/526/dec_011-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/525/dec_010-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/497/lei_2442-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/496/lei_2441-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/517/dec_002-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/516/dec_001-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/495/lei_2440-2023_loa.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/494/lei_2439-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/493/lei_2438-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/492/lei_2437-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/491/lei_2436-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/490/lei_2435-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/489/lei_2434-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/488/lei_2433-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/487/lei_2432-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/486/lei_2431-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2023/485/lei_2430-23.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/483/lei_2.429-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/482/lei_2.428-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/481/lei_2.427-2022_ldo-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/480/lei_2.426-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/479/lei_2.425-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/478/lei_2.424-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/477/lei_2.423-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/476/lei_2.422-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/475/lei_2.421-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/474/lei_2.420-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/473/lei_2.419-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/472/lei_2.418-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/470/lei_2_417_de_2022_remissao_de_creditos_tributarios_e_nao_tributarios.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/469/lei_2_416_de_2022_remocao_de_veiculos_abandonados.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/468/lei_2_415_de_2022_credito_especial_r_122_110_87.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/471/dec_036-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/467/lei_2_414_de_2022_credito_especial_r_39_846_96.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/466/lei_2_413_de_2022_credito_especial_r_100_000_00.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/465/lei_2_412_de_2022_credito_especial_r_200_000_00.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/464/lei_2_411_de_2022_denomina_rua_jose_eraldo_da_silveira.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/463/lei_2_410_de_2022_autoriza_incentivo_a_empresa.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/462/lei_2_409_de_2022_denomina_rua_adao_lucas_viana.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/461/dec_035-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/448/lei_2.408-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/484/lc_011-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/447/lei_2.407-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/446/lei_2.406-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/445/lei_2.405-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/444/lei_2.404-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/460/dec_034-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/443/lei_2.403-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/442/lei_2.402-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/441/lei_2.401-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/440/lei_2.400-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/439/lei_2.399-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/438/lei_2.398-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/437/lei_2.397-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/435/decreto.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/459/dec_032-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/458/dec_031-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/436/lei_2.396-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/434/lei_2395-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/457/dec_030-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/456/dec_029-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/455/dec_028-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/454/dec_027-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/453/dec_026-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/452/dec_025-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/451/dec_024-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/450/dec_023-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/449/dec_022-2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/432/lc_010-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/431/lc_009-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/428/lei_2.394-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/427/lei_2.393-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/426/lei_2.392-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/425/lei_2.391-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/424/lei_2.390-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/423/lei_2.389-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/430/lc_008-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/429/lc_007-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/396/lei_2.388-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/395/lei_2.387-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/394/lei_2.386-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/393/lei_2.385-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/392/lei_2.384-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/391/lei_2.383-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/390/lei_2.382-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/389/lei_2.381-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/388/lei_2.380-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/387/lei_2.379-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/386/lei_2.378-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/410/dec_009-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/409/dec_008-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/408/dec_007-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/407/dec_006-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/406/dec_005-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/405/dec_004-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/422/dec_021-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/421/dec_020-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/420/dec_019-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/419/dec_018-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/418/dec_017-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/417/dec_016-2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/416/dec_015-2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/415/dec_014-2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/414/dec_013-2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/413/dec_012-2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/412/dec_011-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/411/dec_010-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/400/lc_006-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/399/lc_005-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/385/lei_2.377-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/384/lei_2.376-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/383/lei_2.375-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/382/lei_2.374-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/381/lei_2.373-2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/398/lc_004-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/397/lc_003-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/380/lei_2.372-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/379/lei_2.371-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/404/dec_003-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/378/lei_2.370-2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/403/dec_002-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/377/lei_2.369-2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/376/lei_2.368-2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/375/lei_2.367-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/374/lei_2.366-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/363/resolucao.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/373/lei_2.365-2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/372/lei_2.364-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/371/lei_2.363-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/402/dec_001-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/370/lei_2.362-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/369/lei_2.361-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/368/lei_2.360-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/367/lei_2.359-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/366/lei_2.358-2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/365/lei_2.357-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/364/lei_2.356-2022.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/360/lei_2.355-2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/359/lei_2.354-2022.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/358/lei_2.353-2022.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/357/lei_2.352-2022.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/362/resolucao_1.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/356/lei_2.351-2022.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/355/lei_2.350-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/354/lei_2.349-2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/433/lei_2.348-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/353/lei_2.347-2022.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/352/lei_2.346-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/351/lei_2.345-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/350/lei_2.344-2022.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2022/349/lei_2.343-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/348/lei_2.342-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/347/lei_2.341-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/346/lei_2.340-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/345/lei_2.339-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/335/lc_002-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/344/lei_2.338-2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/343/lei_2.337-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/342/lei_2.336-2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/341/lei_2.335-2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/340/lei_2.334-2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/339/lei_2.333-2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/338/lei_2.332-2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/401/lc_001-2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/337/lei_2.331-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/336/lei_2.330-2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/334/lei_2.329-2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/333/lei_2.328-2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/332/lei_2.327-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/331/lei_2.326-2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/330/lei_2.325-2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/329/lei_2.324-2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/328/lei_2.323-2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/327/lei_2.322-2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/326/lei_2.321-2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/325/lei_2.320-2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/361/lei_2.319-2021_ppa.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/324/lei_2.318-2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/323/lei_2.317-2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/322/lei_2.316-2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/321/lei_2.315-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/320/lei_2.314-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/319/lei_2.313-2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/318/lei_2.312-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/317/lei_2.311-2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/316/lei_2.310-2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/315/lei_2.309-2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/312/decreto_013-2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/314/lei_2.308-2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/313/lei_2.307-2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/302/lei_2.306-2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/301/lei_2.305-2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/300/lei_2.304-2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/299/lei_2.303-2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/298/lei_2.302-2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/297/lei_2.301-2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/295/decreto_012-2021_ponto_facultativo..pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/307/decreto_009-2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/306/decreto_008-2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/305/decreto_007-2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/304/decreto_006-2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/303/decreto_005-2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/309/decreto_011-2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/308/decreto_010-2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/296/lei_2.300-2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/294/lei_2.299-2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/293/lei_2.298-2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/292/lei_2.297-2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/291/lei_2.296-2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/290/lei_2.295-2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/289/lei_2.294-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/288/lei_2.293-2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/287/lei_2.292-2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/286/lei_2.291-2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/285/lei_2.290-2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/284/lei_2.289-2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/283/lei_2.288-2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/282/lei_2.287-2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/281/lei_2.286-2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/279/lei_2.284-2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/280/lei_2.285-2021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/278/lei_2.283-2021.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/277/lei_2.282-2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/273/res_001-2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/276/lei_2.281-2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/275/lei_2.280-2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/274/lei_2.279-2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/272/lei_2.278-2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/271/lei_2.277-2021.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/270/lei_2.276-2021.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/311/decreto_004-2021.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/268/decreto_003-2021.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/267/decreto_002-2021.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/266/lei_2.275-2021.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/265/lei_2.274-2021.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/264/lei_2.273-2021.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/263/lei_2.272-2021.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/262/lei_2.271-2021.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/260/lei_2.269-2021.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/259/lei_2.268-2021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/257/lei_2.266-2021.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/261/lei_2.270-2021.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/258/lei_2.267-2021.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/255/lei_2.264-2021.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/254/lei_2.263-2021.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/256/lei_2.265-2021.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/253/lei_2.262-2021.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/252/lei_2.261-2021.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/251/lei_2.260-2021.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/250/lei_2.259-2021.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/249/lei_2.258-2021.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/248/lei_2.257-2021.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/247/lei_2.256-2021.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/246/lei_2.255-2021.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/310/decreto_01-2021.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/244/lei_2.254-2021.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/243/lei_2.253-2021.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/242/lei_2.252-2021.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/241/lei_2.251-2021.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/240/lei_2.250-2021.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/239/lei_2.249-2021.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/238/lei_2.248-2021.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2021/245/lei_2.247-2021_loa.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/236/lei_2.246-2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/235/lei_2.245-2020.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/233/lei_2242_de_2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/234/lei_2.244-2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/237/lei_2.243-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/232/lei_2241_de_2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/231/lei_2240_de_2020_1.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/230/lei_2239_de_2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/227/lei_2.236-2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/226/lei_2.235-2020.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/225/lei_2.234-2020.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/223/lei_2.232-2020.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/222/lei_2.231-2020.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/224/lei_2.233-2020.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/198/lei_2230_de_2020.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/197/lei_2.229-2020.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/196/lei_2.228-2020.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/229/lei_2.238-2020.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/228/lei_2.237-2020.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/207/lei_2.227-2020.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/195/lei_2.226-2020.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/217/lei_2.225-2020.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/216/lei_2.224-2020.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/215/lei_2.223-2020.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/214/lei_2.222-2020.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/213/lei_2.221-2020.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/200/lei_2.211-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/212/lei_2220_de_2020.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/206/lei_2.219-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/205/lei_2.218-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/204/lei_2.217-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/203/lei_2.214-2020_contratacao__operador_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/202/lei_2.213-2020_contratacao_professor.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/201/lei_2.212-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/199/lei_2.210-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/208/lei_2209_de_2020___reurb_compressed_2.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/209/lei_2.208-2020_iptu.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/210/lei_2.207-2020_loa.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2020/211/lei_2.206-2020_fisio.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/194/lei_2205_de_2019.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/193/lei_n_2204_2019_cria_cargos_da_codesa.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/192/lei_n_2203_2019_contratar_quimico.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/191/lei_n_2202_2019_bombeiros.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/190/lei_municipal_n_2201_de_2019_de_19_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/189/lei_digitalizada_n_2200_de_2019_de_11_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/188/lei_digitalizada_n_2199_de_2019_de_11_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/187/lei_digitalizada_n_2198_de_2019_de_08_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/186/lei_digitalizada_n_2197_de_2019_de_05_de_novembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/185/lei_digitalizada_n_2196_de_2019_de_30_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/184/lei_digitalizada_n_2195_de_2019_de_30_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/183/lei_digitalizada_n_2194_de_2019_de_29_de_outubro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/182/lei_ordinria_n_2193_de_2019_de_26_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/181/lei_ordinria_n_2192_de_2019_de_26_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/180/lei_ordinria_n_2191_de_2019_de_25_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/179/lei_ordinria_n_2190_de_2019_de_24_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/178/lei_ordinria_n_2189_de_2019_de_24_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/177/lei_ordinria_n_2188_de_2019_de_12_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/176/lei_ordinria_n_2187_de_2019_de_05_de_setembro_de_2019_euf5ERX.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/175/lei_ordinria_n_2186_de_2019_de_04_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/174/lei_ordinria_n_2185_de_2019_de_04_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/173/lei_ordinria_n_2184_de_2019_de_04_de_setembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/172/lei_n_2183_de_2019_de_21_de_agosto_de_2019.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/171/lei_n_2182_de_2019_de_12_de_agosto_de_2019___digitali_m960X14.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/170/lei_ordinria_n_2181_de_2019.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/169/lei_ordinria_n_2180_de_2019.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/168/lei_ordinria_n_2179_de_2019.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/167/lei_ordinria_n_2178_de_2019.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/166/lei_ordinria_n_2177_de_2019.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/165/lei_ordinria_n_2176_de_2019.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/163/lei_municipal_n_2174_de_2019.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/162/lei_municipal_n_2173_de_2019.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/161/lei_n_2172_2019.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/160/lei_n_2171_2019.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/159/lei_n_2170_2019.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/158/lei_n_2169_2019.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/157/lei_municipal_n_2168_2019.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/156/lei_municipal_n_2167_2019.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/155/lei_municipal_n_2166_2019.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/154/lei_municipal_n_2165_2019.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/153/lei_municipal_n_2164_2019.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/152/lei_municipal_n_2163_2019.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/149/190404075221.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/151/lei_municipal_n_2162_2019.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/218/2161.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/150/lei_2160-2019.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/148/190404075304.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/147/190404075353.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/146/190404084133.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/145/190404082955.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/144/190404081033.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/143/lei_municipal_2154_2019.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/142/lei_municipal_2153_2019.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/141/lei_municipal_2152_2019.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/140/lei_municipal_2151_2019.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/139/lei_municipal_2150_2019.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/138/lei_municipal_2149_2019.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/137/lei_municipal_n_2148_de_2019_de_16_de_janeiro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/136/lei_municipal_2147_2019.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/135/lei_municipal_2146_2019.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/134/lei_municipal_2145_2019.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/133/lei_municipal_2144_2019.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/132/lei_municipal_n_2143_2019.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/131/lei_municipal_2142_2019.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2019/130/lei_municipal_2141_2019.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/129/181227131731.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/128/181227125220.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/127/181227124300.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/126/181227123906.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/125/181227123453.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/124/181227121019.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/123/scan_20191003_150737775.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/122/181226121241.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/121/181226120923.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/120/181226120056.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/119/181207080912.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/118/181207080552.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/117/181207080227.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/116/181207075413.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/115/181207075046.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/114/181207074653.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/113/181207074209.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/112/181207073416.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/111/181207073016.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/110/181026071503.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/109/181026071426.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/108/181015145910.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/107/181015145338.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/106/181015144913.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/105/181015144533.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/104/180906125207.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/103/180906124717.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/102/180906124023.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/101/180906123032.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/100/180822141526.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/99/180906120154.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/98/180730135908.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/97/lei_n2104_2018__abertura_de_crdito_no_valor_de_r10500000.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/96/lei_n2103_2018__abertura_de_crdito_r4722855.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/95/180730132335.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/94/180607093741.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/93/180607091603.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/92/lei_2099-2018.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/91/180607090547.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/90/180606130404.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/89/180508131250.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/88/180508130113.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/87/180508125128.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/86/lei_n2093_2018__d_nova_redao__art_33_lei_1862_2014.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/85/180508123107.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/84/180508122136.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/83/180508121714.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/82/lei_n_2089_2018__inclui_a_alnea_no_inciso_iii.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/81/lei_n_2088_2018_autoriza_a_contratao_de_atendente_de_escola.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/80/lei_n_2087_2018revoga_a_lei_n_1531_2010.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/221/lei_2086-2018.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/79/180327121529.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/78/180327120619.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/77/180327095312.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/76/180327094501.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/75/lei_n_2081_2018__cria_dirio_oficial_eletrnico_gc.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/74/lei_n_2080_2018__termo_de_conceo_de_uso_produtores_rurais_rico.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/72/lei_n_2079_2018__termo_de_concesso_de_uso_produtores_de_leite.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/71/lei_n_2078_2018__loa.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/70/lei_n_2077_2018__denomina_prof_alice_de_oliveira_pereira.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/69/lei_n_2076_2018__denomina_paulo_jos_garcia_soares.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/68/lei_n_2075_2018__iptu_2018.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/67/180305072358.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2018/66/180305071954.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/65/lei_n_2072_2017__abertura_de_crdito_r_10440000.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/220/lei_2071-2017_compressed.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/64/lei_n_2070_2017__revoga_lei_1123_2004.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/63/lei_n_2069_2017__altera_lei_1822_2014.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/62/lei_n_2068_2017__abertura_de_crdito_r_150000.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/61/180118130347.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/60/171113141014.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/59/171113134649.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/58/171113134706.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/57/171113134741.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/56/171113134800.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/55/171113130341.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/54/171113130504.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/53/171113130532.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/52/171113130631.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/51/171113130718.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/50/171113134532.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/49/171113131141.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/48/171113123318.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/46/171113123254.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/45/171113123235.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/44/171113123211.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/43/171113123141.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/42/171113121127.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/41/171113121058.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/39/171113120916.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/38/lei_n2045_2017_convnio_daer.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/37/lei_n2044_2017_abertura_de_crdito_r10200000.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/36/lei_n2043_2017_autoriza_uso_de_bem.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/35/lei_n2042_2017_obriga_apresentao_cantores.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/34/lei_2041_2017.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/33/lei_2040_2017.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/219/lei_2039_2017.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/32/170607082138.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/31/170607082053.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/30/170607082008.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/29/170607081829.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/28/170607081703.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/27/170606135814.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/26/170606135653.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/25/2031_2017.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/24/2030_2017.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/23/2029_2017.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/22/170607073740.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/21/170606135501.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/20/170606135429.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/19/170606135339.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/18/2022_2017.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/17/170606135323.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/16/lei_2.021-2017.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/15/170606135130.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/14/170606134920.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/13/170606134805.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/12/170606130652.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/11/170606131024.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/10/170606130556.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/9/170606130504.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/8/170606130422.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/7/170606130330.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/6/170606130229.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/5/170606124100.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/4/170606123927.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/3/lei_2017_2.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2017/2/lei_2017.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.generalcamara.rs.leg.br/media/sapl/public/normajuridica/2014/557/lei_1.826-2014_compilada.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G725"/>
+  <dimension ref="A1:G748"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="140.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -9064,15982 +9337,16511 @@
       </c>
       <c r="G36" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
         <v>151</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
+        <v>69</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D38" t="s">
-[...5 lines deleted...]
-      <c r="F38" s="1" t="s">
+      <c r="G38" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D39" t="s">
-[...5 lines deleted...]
-      <c r="F39" s="1" t="s">
+      <c r="G39" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
+        <v>162</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
+        <v>166</v>
+      </c>
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D41" t="s">
-[...5 lines deleted...]
-      <c r="F41" s="1" t="s">
+      <c r="G41" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="G42" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43" t="s">
         <v>174</v>
       </c>
-      <c r="B43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C43" t="s">
+      <c r="G43" t="s">
         <v>176</v>
-      </c>
-[...10 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>177</v>
+      </c>
+      <c r="B44" t="s">
+        <v>8</v>
+      </c>
+      <c r="C44" t="s">
+        <v>178</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="G44" t="s">
         <v>180</v>
-      </c>
-[...10 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45" t="s">
+        <v>182</v>
+      </c>
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="G45" t="s">
         <v>184</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>185</v>
+      </c>
+      <c r="B46" t="s">
+        <v>8</v>
+      </c>
+      <c r="C46" t="s">
+        <v>186</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="G46" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" t="s">
+        <v>190</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="G47" t="s">
         <v>192</v>
-      </c>
-[...10 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
+        <v>193</v>
+      </c>
+      <c r="B48" t="s">
+        <v>8</v>
+      </c>
+      <c r="C48" t="s">
+        <v>194</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="G48" t="s">
         <v>196</v>
-      </c>
-[...10 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" t="s">
+        <v>8</v>
+      </c>
+      <c r="C49" t="s">
+        <v>198</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="G49" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" t="s">
+        <v>202</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="G50" t="s">
         <v>204</v>
-      </c>
-[...10 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>205</v>
+      </c>
+      <c r="B51" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51" t="s">
+        <v>206</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="G51" t="s">
         <v>208</v>
-      </c>
-[...10 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>209</v>
+      </c>
+      <c r="B52" t="s">
+        <v>8</v>
+      </c>
+      <c r="C52" t="s">
+        <v>210</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="G52" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>213</v>
+      </c>
+      <c r="B53" t="s">
+        <v>8</v>
+      </c>
+      <c r="C53" t="s">
+        <v>214</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="G53" t="s">
         <v>216</v>
-      </c>
-[...10 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>217</v>
+      </c>
+      <c r="B54" t="s">
+        <v>8</v>
+      </c>
+      <c r="C54" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="G54" t="s">
         <v>220</v>
-      </c>
-[...10 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>221</v>
+      </c>
+      <c r="B55" t="s">
+        <v>8</v>
+      </c>
+      <c r="C55" t="s">
+        <v>222</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="G55" t="s">
         <v>224</v>
-      </c>
-[...10 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
+        <v>225</v>
+      </c>
+      <c r="B56" t="s">
+        <v>8</v>
+      </c>
+      <c r="C56" t="s">
+        <v>226</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="G56" t="s">
         <v>228</v>
-      </c>
-[...10 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>229</v>
+      </c>
+      <c r="B57" t="s">
+        <v>8</v>
+      </c>
+      <c r="C57" t="s">
+        <v>230</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="G57" t="s">
         <v>232</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>233</v>
+      </c>
+      <c r="B58" t="s">
+        <v>8</v>
+      </c>
+      <c r="C58" t="s">
+        <v>234</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="G58" t="s">
         <v>236</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>237</v>
+      </c>
+      <c r="B59" t="s">
+        <v>8</v>
+      </c>
+      <c r="C59" t="s">
+        <v>238</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="G59" t="s">
         <v>240</v>
-      </c>
-[...10 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" t="s">
+        <v>8</v>
+      </c>
+      <c r="C60" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="G60" t="s">
         <v>244</v>
-      </c>
-[...10 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" t="s">
+        <v>8</v>
+      </c>
+      <c r="C61" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="G61" t="s">
         <v>248</v>
-      </c>
-[...10 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" t="s">
+        <v>8</v>
+      </c>
+      <c r="C62" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="G62" t="s">
         <v>252</v>
-      </c>
-[...10 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
+        <v>253</v>
+      </c>
+      <c r="B63" t="s">
+        <v>8</v>
+      </c>
+      <c r="C63" t="s">
+        <v>254</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="G63" t="s">
         <v>256</v>
-      </c>
-[...10 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
+        <v>257</v>
+      </c>
+      <c r="B64" t="s">
+        <v>8</v>
+      </c>
+      <c r="C64" t="s">
+        <v>258</v>
+      </c>
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="G64" t="s">
         <v>260</v>
-      </c>
-[...10 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>261</v>
+      </c>
+      <c r="B65" t="s">
+        <v>8</v>
+      </c>
+      <c r="C65" t="s">
+        <v>262</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="G65" t="s">
         <v>264</v>
-      </c>
-[...10 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" t="s">
+        <v>266</v>
+      </c>
+      <c r="C66" t="s">
         <v>267</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D66" t="s">
-[...5 lines deleted...]
-      <c r="F66" s="1" t="s">
+      <c r="G66" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" t="s">
+        <v>266</v>
+      </c>
+      <c r="C67" t="s">
         <v>271</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D67" t="s">
-[...5 lines deleted...]
-      <c r="F67" s="1" t="s">
+      <c r="G67" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
+        <v>274</v>
+      </c>
+      <c r="B68" t="s">
+        <v>266</v>
+      </c>
+      <c r="C68" t="s">
         <v>275</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D68" t="s">
-[...5 lines deleted...]
-      <c r="F68" s="1" t="s">
+      <c r="G68" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
+        <v>278</v>
+      </c>
+      <c r="B69" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" t="s">
         <v>279</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D69" t="s">
-[...5 lines deleted...]
-      <c r="F69" s="1" t="s">
+      <c r="G69" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>282</v>
       </c>
       <c r="B70" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C70" t="s">
         <v>283</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>284</v>
       </c>
       <c r="G70" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>286</v>
       </c>
       <c r="B71" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C71" t="s">
         <v>287</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>288</v>
       </c>
       <c r="G71" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>290</v>
       </c>
       <c r="B72" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C72" t="s">
         <v>291</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>292</v>
       </c>
       <c r="G72" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>294</v>
       </c>
       <c r="B73" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C73" t="s">
         <v>295</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>296</v>
       </c>
       <c r="G73" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>298</v>
       </c>
       <c r="B74" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C74" t="s">
         <v>299</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>300</v>
       </c>
       <c r="G74" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>302</v>
       </c>
       <c r="B75" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C75" t="s">
         <v>303</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>304</v>
       </c>
       <c r="G75" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>306</v>
       </c>
       <c r="B76" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C76" t="s">
         <v>307</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>308</v>
       </c>
       <c r="G76" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>310</v>
       </c>
       <c r="B77" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C77" t="s">
         <v>311</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>312</v>
       </c>
       <c r="G77" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>314</v>
       </c>
       <c r="B78" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C78" t="s">
         <v>315</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>316</v>
       </c>
       <c r="G78" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>318</v>
       </c>
       <c r="B79" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C79" t="s">
         <v>319</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>320</v>
       </c>
       <c r="G79" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>322</v>
       </c>
       <c r="B80" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C80" t="s">
         <v>323</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>324</v>
       </c>
       <c r="G80" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>326</v>
       </c>
       <c r="B81" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C81" t="s">
         <v>327</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>328</v>
       </c>
       <c r="G81" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>330</v>
       </c>
       <c r="B82" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C82" t="s">
         <v>331</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>332</v>
       </c>
       <c r="G82" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>334</v>
       </c>
       <c r="B83" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C83" t="s">
         <v>335</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>336</v>
       </c>
       <c r="G83" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>338</v>
       </c>
       <c r="B84" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C84" t="s">
         <v>339</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>340</v>
       </c>
       <c r="G84" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>342</v>
       </c>
       <c r="B85" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C85" t="s">
         <v>343</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>344</v>
       </c>
       <c r="G85" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>346</v>
       </c>
       <c r="B86" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C86" t="s">
         <v>347</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>348</v>
       </c>
       <c r="G86" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B87" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C87" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="G87" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B88" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C88" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G88" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B89" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C89" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="G89" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B90" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C90" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G90" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B91" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C91" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="G91" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B92" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C92" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="G92" t="s">
-        <v>372</v>
+        <v>69</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>373</v>
       </c>
       <c r="B93" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C93" t="s">
         <v>374</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>375</v>
       </c>
       <c r="G93" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>377</v>
       </c>
       <c r="B94" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C94" t="s">
         <v>378</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>379</v>
       </c>
       <c r="G94" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>381</v>
       </c>
       <c r="B95" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C95" t="s">
         <v>382</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>383</v>
       </c>
       <c r="G95" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>385</v>
       </c>
       <c r="B96" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C96" t="s">
         <v>386</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>387</v>
       </c>
       <c r="G96" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>389</v>
       </c>
       <c r="B97" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C97" t="s">
         <v>390</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>391</v>
       </c>
       <c r="G97" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>393</v>
       </c>
       <c r="B98" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C98" t="s">
         <v>394</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>395</v>
       </c>
       <c r="G98" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>397</v>
       </c>
       <c r="B99" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C99" t="s">
         <v>398</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>399</v>
       </c>
       <c r="G99" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>401</v>
       </c>
       <c r="B100" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C100" t="s">
         <v>402</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>403</v>
       </c>
       <c r="G100" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>405</v>
       </c>
       <c r="B101" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C101" t="s">
         <v>406</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>407</v>
       </c>
       <c r="G101" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>409</v>
       </c>
       <c r="B102" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C102" t="s">
         <v>410</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>411</v>
       </c>
       <c r="G102" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>413</v>
       </c>
       <c r="B103" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C103" t="s">
         <v>414</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>415</v>
       </c>
       <c r="G103" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>417</v>
       </c>
       <c r="B104" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C104" t="s">
         <v>418</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>419</v>
       </c>
       <c r="G104" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>421</v>
       </c>
       <c r="B105" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C105" t="s">
         <v>422</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>423</v>
       </c>
       <c r="G105" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>425</v>
       </c>
       <c r="B106" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C106" t="s">
         <v>426</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>427</v>
       </c>
       <c r="G106" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>429</v>
       </c>
       <c r="B107" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C107" t="s">
         <v>430</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>431</v>
       </c>
       <c r="G107" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>433</v>
       </c>
       <c r="B108" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C108" t="s">
         <v>434</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>435</v>
       </c>
       <c r="G108" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>437</v>
       </c>
       <c r="B109" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C109" t="s">
         <v>438</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>439</v>
       </c>
       <c r="G109" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
+        <v>440</v>
+      </c>
+      <c r="B110" t="s">
+        <v>266</v>
+      </c>
+      <c r="C110" t="s">
         <v>441</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D110" t="s">
-[...5 lines deleted...]
-      <c r="F110" s="1" t="s">
+      <c r="G110" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>444</v>
+      </c>
+      <c r="B111" t="s">
+        <v>266</v>
+      </c>
+      <c r="C111" t="s">
         <v>445</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D111" t="s">
-[...5 lines deleted...]
-      <c r="F111" s="1" t="s">
+      <c r="G111" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
+        <v>448</v>
+      </c>
+      <c r="B112" t="s">
+        <v>266</v>
+      </c>
+      <c r="C112" t="s">
         <v>449</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="D112" t="s">
-[...5 lines deleted...]
-      <c r="F112" s="1" t="s">
+      <c r="G112" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>452</v>
+      </c>
+      <c r="B113" t="s">
+        <v>266</v>
+      </c>
+      <c r="C113" t="s">
         <v>453</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="D113" t="s">
-[...5 lines deleted...]
-      <c r="F113" s="1" t="s">
+      <c r="G113" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>456</v>
+      </c>
+      <c r="B114" t="s">
+        <v>266</v>
+      </c>
+      <c r="C114" t="s">
         <v>457</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="D114" t="s">
-[...5 lines deleted...]
-      <c r="F114" s="1" t="s">
+      <c r="G114" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>460</v>
+      </c>
+      <c r="B115" t="s">
+        <v>266</v>
+      </c>
+      <c r="C115" t="s">
         <v>461</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="D115" t="s">
-[...5 lines deleted...]
-      <c r="F115" s="1" t="s">
+      <c r="G115" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
+        <v>464</v>
+      </c>
+      <c r="B116" t="s">
+        <v>266</v>
+      </c>
+      <c r="C116" t="s">
         <v>465</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="D116" t="s">
-[...5 lines deleted...]
-      <c r="F116" s="1" t="s">
+      <c r="G116" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
+        <v>468</v>
+      </c>
+      <c r="B117" t="s">
+        <v>266</v>
+      </c>
+      <c r="C117" t="s">
         <v>469</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="D117" t="s">
-[...5 lines deleted...]
-      <c r="F117" s="1" t="s">
+      <c r="G117" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
+        <v>472</v>
+      </c>
+      <c r="B118" t="s">
+        <v>266</v>
+      </c>
+      <c r="C118" t="s">
         <v>473</v>
       </c>
-      <c r="B118" t="s">
-[...2 lines deleted...]
-      <c r="C118" t="s">
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="D118" t="s">
-[...5 lines deleted...]
-      <c r="F118" s="1" t="s">
+      <c r="G118" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>476</v>
       </c>
       <c r="B119" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C119" t="s">
         <v>477</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>478</v>
       </c>
       <c r="G119" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>480</v>
       </c>
       <c r="B120" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C120" t="s">
         <v>481</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>482</v>
       </c>
       <c r="G120" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>484</v>
       </c>
       <c r="B121" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C121" t="s">
         <v>485</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>486</v>
       </c>
       <c r="G121" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>488</v>
       </c>
       <c r="B122" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C122" t="s">
         <v>489</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>490</v>
       </c>
       <c r="G122" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>492</v>
       </c>
       <c r="B123" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C123" t="s">
         <v>493</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>494</v>
       </c>
       <c r="G123" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B124" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C124" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="G124" t="s">
-        <v>380</v>
+        <v>499</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B125" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C125" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="G125" t="s">
-        <v>380</v>
+        <v>503</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B126" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C126" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="G126" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B127" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C127" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="G127" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="B128" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C128" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="G128" t="s">
-        <v>133</v>
+        <v>515</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="B129" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C129" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="G129" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B130" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C130" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="G130" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="B131" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C131" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="G131" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="B132" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C132" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="G132" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B133" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C133" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G133" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="B134" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C134" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="G134" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="B135" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C135" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="G135" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B136" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C136" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="G136" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B137" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C137" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="G137" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="B138" t="s">
-        <v>175</v>
+        <v>266</v>
       </c>
       <c r="C138" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="G138" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="B139" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C139" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="G139" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="B140" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C140" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="G140" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="B141" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C141" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="G141" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B142" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C142" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="G142" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B143" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C143" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="G143" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B144" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C144" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="G144" t="s">
-        <v>73</v>
+        <v>578</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B145" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C145" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="G145" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="B146" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C146" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="G146" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B147" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C147" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="G147" t="s">
-        <v>586</v>
+        <v>471</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B148" t="s">
-        <v>552</v>
+        <v>266</v>
       </c>
       <c r="C148" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D148" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>591</v>
       </c>
       <c r="G148" t="s">
-        <v>592</v>
+        <v>471</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
+        <v>592</v>
+      </c>
+      <c r="B149" t="s">
+        <v>266</v>
+      </c>
+      <c r="C149" t="s">
         <v>593</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" t="s">
+        <v>11</v>
+      </c>
+      <c r="F149" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="D149" t="s">
-[...5 lines deleted...]
-      <c r="F149" s="1" t="s">
+      <c r="G149" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
+        <v>596</v>
+      </c>
+      <c r="B150" t="s">
+        <v>266</v>
+      </c>
+      <c r="C150" t="s">
         <v>597</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="D150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="D150" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G150" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
+        <v>599</v>
+      </c>
+      <c r="B151" t="s">
+        <v>266</v>
+      </c>
+      <c r="C151" t="s">
+        <v>600</v>
+      </c>
+      <c r="D151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E151" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="B151" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G151" t="s">
-        <v>604</v>
+        <v>224</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
+        <v>602</v>
+      </c>
+      <c r="B152" t="s">
+        <v>266</v>
+      </c>
+      <c r="C152" t="s">
+        <v>603</v>
+      </c>
+      <c r="D152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E152" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="G152" t="s">
         <v>605</v>
-      </c>
-[...16 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
+        <v>606</v>
+      </c>
+      <c r="B153" t="s">
+        <v>266</v>
+      </c>
+      <c r="C153" t="s">
+        <v>607</v>
+      </c>
+      <c r="D153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E153" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="G153" t="s">
         <v>609</v>
-      </c>
-[...16 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
+        <v>610</v>
+      </c>
+      <c r="B154" t="s">
+        <v>266</v>
+      </c>
+      <c r="C154" t="s">
+        <v>611</v>
+      </c>
+      <c r="D154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" t="s">
+        <v>11</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="G154" t="s">
         <v>613</v>
-      </c>
-[...16 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
+        <v>614</v>
+      </c>
+      <c r="B155" t="s">
+        <v>266</v>
+      </c>
+      <c r="C155" t="s">
+        <v>615</v>
+      </c>
+      <c r="D155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E155" t="s">
+        <v>11</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="G155" t="s">
         <v>617</v>
-      </c>
-[...16 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
+        <v>618</v>
+      </c>
+      <c r="B156" t="s">
+        <v>266</v>
+      </c>
+      <c r="C156" t="s">
+        <v>619</v>
+      </c>
+      <c r="D156" t="s">
+        <v>10</v>
+      </c>
+      <c r="E156" t="s">
+        <v>11</v>
+      </c>
+      <c r="F156" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B156" t="s">
-[...2 lines deleted...]
-      <c r="C156" t="s">
+      <c r="G156" t="s">
         <v>621</v>
-      </c>
-[...10 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
+        <v>622</v>
+      </c>
+      <c r="B157" t="s">
+        <v>266</v>
+      </c>
+      <c r="C157" t="s">
+        <v>623</v>
+      </c>
+      <c r="D157" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" t="s">
+        <v>11</v>
+      </c>
+      <c r="F157" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="B157" t="s">
-[...2 lines deleted...]
-      <c r="C157" t="s">
+      <c r="G157" t="s">
         <v>625</v>
-      </c>
-[...10 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
+        <v>626</v>
+      </c>
+      <c r="B158" t="s">
+        <v>266</v>
+      </c>
+      <c r="C158" t="s">
         <v>627</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="D158" t="s">
+        <v>10</v>
+      </c>
+      <c r="E158" t="s">
+        <v>11</v>
+      </c>
+      <c r="F158" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="D158" t="s">
-[...5 lines deleted...]
-      <c r="F158" s="1" t="s">
+      <c r="G158" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
+        <v>630</v>
+      </c>
+      <c r="B159" t="s">
+        <v>266</v>
+      </c>
+      <c r="C159" t="s">
         <v>631</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="D159" t="s">
+        <v>10</v>
+      </c>
+      <c r="E159" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="D159" t="s">
-[...5 lines deleted...]
-      <c r="F159" s="1" t="s">
+      <c r="G159" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
+        <v>634</v>
+      </c>
+      <c r="B160" t="s">
+        <v>266</v>
+      </c>
+      <c r="C160" t="s">
         <v>635</v>
       </c>
-      <c r="B160" t="s">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="D160" t="s">
-[...5 lines deleted...]
-      <c r="F160" s="1" t="s">
+      <c r="G160" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
+        <v>638</v>
+      </c>
+      <c r="B161" t="s">
+        <v>266</v>
+      </c>
+      <c r="C161" t="s">
         <v>639</v>
       </c>
-      <c r="B161" t="s">
-[...2 lines deleted...]
-      <c r="C161" t="s">
+      <c r="D161" t="s">
+        <v>10</v>
+      </c>
+      <c r="E161" t="s">
+        <v>11</v>
+      </c>
+      <c r="F161" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="D161" t="s">
-[...5 lines deleted...]
-      <c r="F161" s="1" t="s">
+      <c r="G161" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
+        <v>642</v>
+      </c>
+      <c r="B162" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="C162" t="s">
         <v>644</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>645</v>
       </c>
       <c r="G162" t="s">
-        <v>380</v>
+        <v>646</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B163" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C163" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="G163" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B164" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C164" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D164" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E164" t="s">
+        <v>11</v>
+      </c>
+      <c r="F164" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="F164" s="1" t="s">
+      <c r="G164" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
+        <v>655</v>
+      </c>
+      <c r="B165" t="s">
+        <v>643</v>
+      </c>
+      <c r="C165" t="s">
         <v>656</v>
       </c>
-      <c r="B165" t="s">
-[...2 lines deleted...]
-      <c r="C165" t="s">
+      <c r="D165" t="s">
+        <v>10</v>
+      </c>
+      <c r="E165" t="s">
+        <v>11</v>
+      </c>
+      <c r="F165" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="D165" t="s">
-[...5 lines deleted...]
-      <c r="F165" s="1" t="s">
+      <c r="G165" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>659</v>
       </c>
       <c r="B166" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C166" t="s">
         <v>660</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>661</v>
       </c>
       <c r="G166" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>663</v>
       </c>
       <c r="B167" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C167" t="s">
         <v>664</v>
       </c>
       <c r="D167" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E167" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>665</v>
       </c>
       <c r="G167" t="s">
-        <v>666</v>
+        <v>164</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
+        <v>666</v>
+      </c>
+      <c r="B168" t="s">
+        <v>643</v>
+      </c>
+      <c r="C168" t="s">
         <v>667</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="D168" t="s">
+        <v>10</v>
+      </c>
+      <c r="E168" t="s">
+        <v>11</v>
+      </c>
+      <c r="F168" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="D168" t="s">
-[...5 lines deleted...]
-      <c r="F168" s="1" t="s">
+      <c r="G168" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>670</v>
       </c>
       <c r="B169" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C169" t="s">
         <v>671</v>
       </c>
       <c r="D169" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>672</v>
       </c>
       <c r="G169" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B170" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C170" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D170" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E170" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="G170" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B171" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C171" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D171" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E171" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="G171" t="s">
-        <v>666</v>
+        <v>683</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="B172" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C172" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="D172" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="G172" t="s">
-        <v>666</v>
+        <v>687</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="B173" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C173" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="D173" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E173" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G173" t="s">
-        <v>666</v>
+        <v>691</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="B174" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C174" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="D174" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E174" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="G174" t="s">
-        <v>666</v>
+        <v>695</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="B175" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C175" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="D175" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E175" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="G175" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="B176" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C176" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="G176" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="B177" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C177" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="G177" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="B178" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C178" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="G178" t="s">
-        <v>703</v>
+        <v>582</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="B179" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C179" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="D179" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E179" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="G179" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="B180" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C180" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="G180" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="B181" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C181" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="G181" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="B182" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C182" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="G182" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="B183" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C183" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="G183" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="B184" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C184" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="G184" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="B185" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C185" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="G185" t="s">
-        <v>731</v>
+        <v>471</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="B186" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C186" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="G186" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="B187" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C187" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="D187" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E187" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="G187" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="B188" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C188" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="D188" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E188" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="G188" t="s">
-        <v>743</v>
+        <v>714</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="B189" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C189" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="G189" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="B190" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C190" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="D190" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E190" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="G190" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B191" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C191" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="D191" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E191" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="G191" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="B192" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C192" t="s">
+        <v>762</v>
+      </c>
+      <c r="D192" t="s">
+        <v>680</v>
+      </c>
+      <c r="E192" t="s">
+        <v>681</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="G192" t="s">
         <v>757</v>
-      </c>
-[...10 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="B193" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C193" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="D193" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E193" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="G193" t="s">
-        <v>763</v>
+        <v>757</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B194" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C194" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="D194" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E194" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="G194" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B195" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C195" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D195" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E195" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="G195" t="s">
-        <v>771</v>
+        <v>757</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B196" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C196" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D196" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E196" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G196" t="s">
-        <v>775</v>
+        <v>757</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>776</v>
       </c>
       <c r="B197" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C197" t="s">
         <v>777</v>
       </c>
       <c r="D197" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E197" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>778</v>
       </c>
       <c r="G197" t="s">
-        <v>779</v>
+        <v>757</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
+        <v>779</v>
+      </c>
+      <c r="B198" t="s">
+        <v>643</v>
+      </c>
+      <c r="C198" t="s">
         <v>780</v>
       </c>
-      <c r="B198" t="s">
-[...2 lines deleted...]
-      <c r="C198" t="s">
+      <c r="D198" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" t="s">
+        <v>11</v>
+      </c>
+      <c r="F198" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="D198" t="s">
-[...5 lines deleted...]
-      <c r="F198" s="1" t="s">
+      <c r="G198" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
+        <v>783</v>
+      </c>
+      <c r="B199" t="s">
+        <v>643</v>
+      </c>
+      <c r="C199" t="s">
         <v>784</v>
       </c>
-      <c r="B199" t="s">
-[...2 lines deleted...]
-      <c r="C199" t="s">
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="D199" t="s">
-[...5 lines deleted...]
-      <c r="F199" s="1" t="s">
+      <c r="G199" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>787</v>
+      </c>
+      <c r="B200" t="s">
+        <v>643</v>
+      </c>
+      <c r="C200" t="s">
         <v>788</v>
       </c>
-      <c r="B200" t="s">
-[...2 lines deleted...]
-      <c r="C200" t="s">
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="D200" t="s">
-[...5 lines deleted...]
-      <c r="F200" s="1" t="s">
+      <c r="G200" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
+        <v>791</v>
+      </c>
+      <c r="B201" t="s">
+        <v>643</v>
+      </c>
+      <c r="C201" t="s">
         <v>792</v>
       </c>
-      <c r="B201" t="s">
-[...2 lines deleted...]
-      <c r="C201" t="s">
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
+        <v>11</v>
+      </c>
+      <c r="F201" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="D201" t="s">
-[...5 lines deleted...]
-      <c r="F201" s="1" t="s">
+      <c r="G201" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
+        <v>795</v>
+      </c>
+      <c r="B202" t="s">
+        <v>643</v>
+      </c>
+      <c r="C202" t="s">
         <v>796</v>
       </c>
-      <c r="B202" t="s">
-[...2 lines deleted...]
-      <c r="C202" t="s">
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="D202" t="s">
-[...5 lines deleted...]
-      <c r="F202" s="1" t="s">
+      <c r="G202" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
+        <v>799</v>
+      </c>
+      <c r="B203" t="s">
+        <v>643</v>
+      </c>
+      <c r="C203" t="s">
         <v>800</v>
       </c>
-      <c r="B203" t="s">
-[...2 lines deleted...]
-      <c r="C203" t="s">
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="D203" t="s">
-[...5 lines deleted...]
-      <c r="F203" s="1" t="s">
+      <c r="G203" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
+        <v>803</v>
+      </c>
+      <c r="B204" t="s">
+        <v>643</v>
+      </c>
+      <c r="C204" t="s">
         <v>804</v>
       </c>
-      <c r="B204" t="s">
-[...2 lines deleted...]
-      <c r="C204" t="s">
+      <c r="D204" t="s">
+        <v>10</v>
+      </c>
+      <c r="E204" t="s">
+        <v>11</v>
+      </c>
+      <c r="F204" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="D204" t="s">
-[...5 lines deleted...]
-      <c r="F204" s="1" t="s">
+      <c r="G204" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
+        <v>807</v>
+      </c>
+      <c r="B205" t="s">
+        <v>643</v>
+      </c>
+      <c r="C205" t="s">
         <v>808</v>
       </c>
-      <c r="B205" t="s">
-[...2 lines deleted...]
-      <c r="C205" t="s">
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="D205" t="s">
-[...5 lines deleted...]
-      <c r="F205" s="1" t="s">
+      <c r="G205" t="s">
         <v>810</v>
-      </c>
-[...1 lines deleted...]
-        <v>811</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
+        <v>811</v>
+      </c>
+      <c r="B206" t="s">
+        <v>643</v>
+      </c>
+      <c r="C206" t="s">
         <v>812</v>
       </c>
-      <c r="B206" t="s">
-[...2 lines deleted...]
-      <c r="C206" t="s">
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="D206" t="s">
-[...5 lines deleted...]
-      <c r="F206" s="1" t="s">
+      <c r="G206" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
+        <v>815</v>
+      </c>
+      <c r="B207" t="s">
+        <v>643</v>
+      </c>
+      <c r="C207" t="s">
         <v>816</v>
       </c>
-      <c r="B207" t="s">
-[...2 lines deleted...]
-      <c r="C207" t="s">
+      <c r="D207" t="s">
+        <v>10</v>
+      </c>
+      <c r="E207" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="D207" t="s">
-[...5 lines deleted...]
-      <c r="F207" s="1" t="s">
+      <c r="G207" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
+        <v>819</v>
+      </c>
+      <c r="B208" t="s">
+        <v>643</v>
+      </c>
+      <c r="C208" t="s">
         <v>820</v>
       </c>
-      <c r="B208" t="s">
-[...2 lines deleted...]
-      <c r="C208" t="s">
+      <c r="D208" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
+        <v>11</v>
+      </c>
+      <c r="F208" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="D208" t="s">
-[...5 lines deleted...]
-      <c r="F208" s="1" t="s">
+      <c r="G208" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
+        <v>823</v>
+      </c>
+      <c r="B209" t="s">
+        <v>643</v>
+      </c>
+      <c r="C209" t="s">
         <v>824</v>
       </c>
-      <c r="B209" t="s">
-[...2 lines deleted...]
-      <c r="C209" t="s">
+      <c r="D209" t="s">
+        <v>10</v>
+      </c>
+      <c r="E209" t="s">
+        <v>11</v>
+      </c>
+      <c r="F209" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="D209" t="s">
-[...5 lines deleted...]
-      <c r="F209" s="1" t="s">
+      <c r="G209" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
+        <v>827</v>
+      </c>
+      <c r="B210" t="s">
+        <v>643</v>
+      </c>
+      <c r="C210" t="s">
         <v>828</v>
       </c>
-      <c r="B210" t="s">
-[...2 lines deleted...]
-      <c r="C210" t="s">
+      <c r="D210" t="s">
+        <v>10</v>
+      </c>
+      <c r="E210" t="s">
+        <v>11</v>
+      </c>
+      <c r="F210" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="D210" t="s">
-[...5 lines deleted...]
-      <c r="F210" s="1" t="s">
+      <c r="G210" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
+        <v>831</v>
+      </c>
+      <c r="B211" t="s">
+        <v>643</v>
+      </c>
+      <c r="C211" t="s">
         <v>832</v>
       </c>
-      <c r="B211" t="s">
-[...2 lines deleted...]
-      <c r="C211" t="s">
+      <c r="D211" t="s">
+        <v>10</v>
+      </c>
+      <c r="E211" t="s">
+        <v>11</v>
+      </c>
+      <c r="F211" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="D211" t="s">
-[...5 lines deleted...]
-      <c r="F211" s="1" t="s">
+      <c r="G211" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>835</v>
       </c>
       <c r="B212" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C212" t="s">
         <v>836</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>837</v>
       </c>
       <c r="G212" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>839</v>
       </c>
       <c r="B213" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C213" t="s">
         <v>840</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>841</v>
       </c>
       <c r="G213" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>843</v>
       </c>
       <c r="B214" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C214" t="s">
         <v>844</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>845</v>
       </c>
       <c r="G214" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>847</v>
       </c>
       <c r="B215" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C215" t="s">
         <v>848</v>
       </c>
       <c r="D215" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E215" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>849</v>
       </c>
       <c r="G215" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>851</v>
       </c>
       <c r="B216" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C216" t="s">
         <v>852</v>
       </c>
       <c r="D216" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E216" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>853</v>
       </c>
       <c r="G216" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>855</v>
       </c>
       <c r="B217" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C217" t="s">
         <v>856</v>
       </c>
       <c r="D217" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E217" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>857</v>
       </c>
       <c r="G217" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B218" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C218" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D218" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E218" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="G218" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B219" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C219" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="D219" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E219" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="G219" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B220" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C220" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="D220" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E220" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="G220" t="s">
-        <v>854</v>
+        <v>870</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="B221" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C221" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="D221" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E221" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="G221" t="s">
-        <v>854</v>
+        <v>874</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="B222" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C222" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="D222" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E222" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="G222" t="s">
-        <v>854</v>
+        <v>878</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="B223" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C223" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="D223" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E223" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="G223" t="s">
-        <v>854</v>
+        <v>882</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="B224" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C224" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D224" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E224" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="G224" t="s">
-        <v>854</v>
+        <v>886</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="B225" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C225" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="D225" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E225" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="G225" t="s">
-        <v>854</v>
+        <v>890</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="B226" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C226" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="D226" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E226" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>884</v>
+        <v>893</v>
       </c>
       <c r="G226" t="s">
-        <v>854</v>
+        <v>894</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="B227" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C227" t="s">
-        <v>651</v>
+        <v>896</v>
       </c>
       <c r="D227" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E227" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="G227" t="s">
-        <v>854</v>
+        <v>898</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>887</v>
+        <v>899</v>
       </c>
       <c r="B228" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C228" t="s">
-        <v>757</v>
+        <v>900</v>
       </c>
       <c r="D228" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E228" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>888</v>
+        <v>901</v>
       </c>
       <c r="G228" t="s">
-        <v>854</v>
+        <v>902</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>889</v>
+        <v>903</v>
       </c>
       <c r="B229" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C229" t="s">
-        <v>825</v>
+        <v>904</v>
       </c>
       <c r="D229" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E229" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>890</v>
+        <v>905</v>
       </c>
       <c r="G229" t="s">
-        <v>854</v>
+        <v>906</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>891</v>
+        <v>907</v>
       </c>
       <c r="B230" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C230" t="s">
-        <v>892</v>
+        <v>908</v>
       </c>
       <c r="D230" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E230" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>893</v>
+        <v>909</v>
       </c>
       <c r="G230" t="s">
-        <v>854</v>
+        <v>910</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>894</v>
+        <v>911</v>
       </c>
       <c r="B231" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C231" t="s">
-        <v>895</v>
+        <v>912</v>
       </c>
       <c r="D231" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E231" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>896</v>
+        <v>913</v>
       </c>
       <c r="G231" t="s">
-        <v>854</v>
+        <v>914</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>897</v>
+        <v>915</v>
       </c>
       <c r="B232" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C232" t="s">
-        <v>898</v>
+        <v>916</v>
       </c>
       <c r="D232" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E232" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>899</v>
+        <v>917</v>
       </c>
       <c r="G232" t="s">
-        <v>900</v>
+        <v>918</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>901</v>
+        <v>919</v>
       </c>
       <c r="B233" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C233" t="s">
-        <v>902</v>
+        <v>920</v>
       </c>
       <c r="D233" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E233" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>903</v>
+        <v>921</v>
       </c>
       <c r="G233" t="s">
-        <v>904</v>
+        <v>922</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>905</v>
+        <v>923</v>
       </c>
       <c r="B234" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C234" t="s">
-        <v>906</v>
+        <v>924</v>
       </c>
       <c r="D234" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E234" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>907</v>
+        <v>925</v>
       </c>
       <c r="G234" t="s">
-        <v>908</v>
+        <v>714</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
       <c r="B235" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C235" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
       <c r="D235" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E235" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="G235" t="s">
-        <v>623</v>
+        <v>929</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>912</v>
+        <v>930</v>
       </c>
       <c r="B236" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C236" t="s">
-        <v>913</v>
+        <v>931</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>914</v>
+        <v>932</v>
       </c>
       <c r="G236" t="s">
-        <v>915</v>
+        <v>933</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>916</v>
+        <v>934</v>
       </c>
       <c r="B237" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C237" t="s">
-        <v>917</v>
+        <v>935</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>918</v>
+        <v>936</v>
       </c>
       <c r="G237" t="s">
-        <v>807</v>
+        <v>937</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>919</v>
+        <v>938</v>
       </c>
       <c r="B238" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C238" t="s">
-        <v>920</v>
+        <v>939</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>921</v>
+        <v>940</v>
       </c>
       <c r="G238" t="s">
-        <v>922</v>
+        <v>941</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>923</v>
+        <v>942</v>
       </c>
       <c r="B239" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C239" t="s">
-        <v>924</v>
+        <v>943</v>
       </c>
       <c r="D239" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E239" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>925</v>
+        <v>944</v>
       </c>
       <c r="G239" t="s">
-        <v>141</v>
+        <v>945</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>926</v>
+        <v>946</v>
       </c>
       <c r="B240" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C240" t="s">
-        <v>927</v>
+        <v>947</v>
       </c>
       <c r="D240" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E240" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>928</v>
+        <v>948</v>
       </c>
       <c r="G240" t="s">
-        <v>929</v>
+        <v>945</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>930</v>
+        <v>949</v>
       </c>
       <c r="B241" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C241" t="s">
-        <v>931</v>
+        <v>950</v>
       </c>
       <c r="D241" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E241" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>932</v>
+        <v>951</v>
       </c>
       <c r="G241" t="s">
-        <v>933</v>
+        <v>945</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>934</v>
+        <v>952</v>
       </c>
       <c r="B242" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C242" t="s">
-        <v>935</v>
+        <v>953</v>
       </c>
       <c r="D242" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E242" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>936</v>
+        <v>954</v>
       </c>
       <c r="G242" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>938</v>
+        <v>955</v>
       </c>
       <c r="B243" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C243" t="s">
-        <v>939</v>
+        <v>956</v>
       </c>
       <c r="D243" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E243" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>940</v>
+        <v>957</v>
       </c>
       <c r="G243" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>942</v>
+        <v>958</v>
       </c>
       <c r="B244" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C244" t="s">
-        <v>943</v>
+        <v>959</v>
       </c>
       <c r="D244" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E244" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>944</v>
+        <v>960</v>
       </c>
       <c r="G244" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
       <c r="B245" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C245" t="s">
-        <v>947</v>
+        <v>962</v>
       </c>
       <c r="D245" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E245" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
       <c r="G245" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="B246" t="s">
-        <v>552</v>
+        <v>643</v>
       </c>
       <c r="C246" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="D246" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E246" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="G246" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="B247" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C247" t="s">
-        <v>956</v>
+        <v>968</v>
       </c>
       <c r="D247" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E247" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>957</v>
+        <v>969</v>
       </c>
       <c r="G247" t="s">
-        <v>958</v>
+        <v>945</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="B248" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C248" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="D248" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E248" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>961</v>
+        <v>972</v>
       </c>
       <c r="G248" t="s">
-        <v>962</v>
+        <v>945</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
       <c r="B249" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C249" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
       <c r="D249" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E249" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="G249" t="s">
-        <v>966</v>
+        <v>945</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="B250" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C250" t="s">
-        <v>968</v>
+        <v>742</v>
       </c>
       <c r="D250" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E250" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="G250" t="s">
-        <v>970</v>
+        <v>945</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="B251" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C251" t="s">
-        <v>972</v>
+        <v>848</v>
       </c>
       <c r="D251" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E251" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="G251" t="s">
-        <v>974</v>
+        <v>945</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="B252" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C252" t="s">
-        <v>976</v>
+        <v>916</v>
       </c>
       <c r="D252" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E252" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="G252" t="s">
-        <v>978</v>
+        <v>945</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="B253" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C253" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="D253" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E253" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="G253" t="s">
-        <v>982</v>
+        <v>945</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="B254" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C254" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="D254" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E254" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="G254" t="s">
-        <v>986</v>
+        <v>945</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B255" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C255" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="G255" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B256" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C256" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="G256" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B257" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C257" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D257" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E257" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="G257" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B258" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C258" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D258" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E258" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="G258" t="s">
-        <v>1002</v>
+        <v>714</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>1003</v>
       </c>
       <c r="B259" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C259" t="s">
         <v>1004</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="G259" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
         <v>1007</v>
       </c>
       <c r="B260" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C260" t="s">
         <v>1008</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>1009</v>
       </c>
       <c r="G260" t="s">
-        <v>1010</v>
+        <v>898</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B261" t="s">
+        <v>643</v>
+      </c>
+      <c r="C261" t="s">
         <v>1011</v>
       </c>
-      <c r="B261" t="s">
-[...2 lines deleted...]
-      <c r="C261" t="s">
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="D261" t="s">
-[...5 lines deleted...]
-      <c r="F261" s="1" t="s">
+      <c r="G261" t="s">
         <v>1013</v>
-      </c>
-[...1 lines deleted...]
-        <v>1014</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B262" t="s">
+        <v>643</v>
+      </c>
+      <c r="C262" t="s">
         <v>1015</v>
       </c>
-      <c r="B262" t="s">
-[...2 lines deleted...]
-      <c r="C262" t="s">
+      <c r="D262" t="s">
+        <v>10</v>
+      </c>
+      <c r="E262" t="s">
+        <v>11</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="D262" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G262" t="s">
-        <v>608</v>
+        <v>232</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B263" t="s">
+        <v>643</v>
+      </c>
+      <c r="C263" t="s">
         <v>1018</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="D263" t="s">
-[...5 lines deleted...]
-      <c r="F263" s="1" t="s">
+      <c r="G263" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B264" t="s">
+        <v>643</v>
+      </c>
+      <c r="C264" t="s">
         <v>1022</v>
       </c>
-      <c r="B264" t="s">
-[...2 lines deleted...]
-      <c r="C264" t="s">
+      <c r="D264" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" t="s">
+        <v>11</v>
+      </c>
+      <c r="F264" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="D264" t="s">
-[...5 lines deleted...]
-      <c r="F264" s="1" t="s">
+      <c r="G264" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>1025</v>
       </c>
       <c r="B265" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C265" t="s">
         <v>1026</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="G265" t="s">
-        <v>262</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B266" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C266" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="G266" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B267" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C267" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="G267" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B268" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C268" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="G268" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B269" t="s">
-        <v>955</v>
+        <v>643</v>
       </c>
       <c r="C269" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D269" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E269" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="G269" t="s">
-        <v>608</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="B270" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C270" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="G270" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="B271" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C271" t="s">
-        <v>892</v>
+        <v>1051</v>
       </c>
       <c r="D271" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E271" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="G271" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="B272" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C272" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="G272" t="s">
-        <v>982</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="B273" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C273" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="G273" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="B274" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C274" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
       <c r="G274" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="B275" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C275" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="G275" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="B276" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C276" t="s">
-        <v>588</v>
+        <v>1071</v>
       </c>
       <c r="D276" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E276" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="G276" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="B277" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C277" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="G277" t="s">
-        <v>707</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="B278" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C278" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>1073</v>
+        <v>1080</v>
       </c>
       <c r="G278" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="B279" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C279" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="G279" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="B280" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C280" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="G280" t="s">
-        <v>1082</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="B281" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C281" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1085</v>
+        <v>1092</v>
       </c>
       <c r="G281" t="s">
-        <v>1086</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>1087</v>
+        <v>1094</v>
       </c>
       <c r="B282" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C282" t="s">
-        <v>1088</v>
+        <v>1095</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c r="G282" t="s">
-        <v>1090</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>1091</v>
+        <v>1098</v>
       </c>
       <c r="B283" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C283" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
       <c r="G283" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>1095</v>
+        <v>1102</v>
       </c>
       <c r="B284" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C284" t="s">
-        <v>606</v>
+        <v>1103</v>
       </c>
       <c r="D284" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E284" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="G284" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
       <c r="B285" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C285" t="s">
-        <v>621</v>
+        <v>1107</v>
       </c>
       <c r="D285" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E285" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="G285" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="B286" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C286" t="s">
-        <v>657</v>
+        <v>1110</v>
       </c>
       <c r="D286" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E286" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
       <c r="G286" t="s">
-        <v>1102</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>1103</v>
+        <v>1113</v>
       </c>
       <c r="B287" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C287" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="G287" t="s">
-        <v>1106</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="B288" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C288" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
       <c r="G288" t="s">
-        <v>1110</v>
+        <v>353</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="B289" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C289" t="s">
-        <v>664</v>
+        <v>1120</v>
       </c>
       <c r="D289" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E289" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
       <c r="G289" t="s">
-        <v>666</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="B290" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C290" t="s">
-        <v>668</v>
+        <v>1124</v>
       </c>
       <c r="D290" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E290" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>1114</v>
+        <v>1125</v>
       </c>
       <c r="G290" t="s">
-        <v>666</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
       <c r="B291" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C291" t="s">
-        <v>671</v>
+        <v>1128</v>
       </c>
       <c r="D291" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E291" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="G291" t="s">
-        <v>666</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>1117</v>
+        <v>1131</v>
       </c>
       <c r="B292" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C292" t="s">
-        <v>674</v>
+        <v>1132</v>
       </c>
       <c r="D292" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E292" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1118</v>
+        <v>1133</v>
       </c>
       <c r="G292" t="s">
-        <v>666</v>
+        <v>699</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>1119</v>
+        <v>1134</v>
       </c>
       <c r="B293" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C293" t="s">
-        <v>677</v>
+        <v>1135</v>
       </c>
       <c r="D293" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E293" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>1120</v>
+        <v>1136</v>
       </c>
       <c r="G293" t="s">
-        <v>666</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="B294" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C294" t="s">
-        <v>680</v>
+        <v>983</v>
       </c>
       <c r="D294" t="s">
-        <v>589</v>
+        <v>743</v>
       </c>
       <c r="E294" t="s">
-        <v>590</v>
+        <v>744</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="G294" t="s">
-        <v>666</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="B295" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C295" t="s">
-        <v>683</v>
+        <v>1142</v>
       </c>
       <c r="D295" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E295" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1124</v>
+        <v>1143</v>
       </c>
       <c r="G295" t="s">
-        <v>666</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>1125</v>
+        <v>1144</v>
       </c>
       <c r="B296" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C296" t="s">
-        <v>686</v>
+        <v>1145</v>
       </c>
       <c r="D296" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E296" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1126</v>
+        <v>1146</v>
       </c>
       <c r="G296" t="s">
-        <v>666</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>1127</v>
+        <v>1148</v>
       </c>
       <c r="B297" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C297" t="s">
-        <v>777</v>
+        <v>1149</v>
       </c>
       <c r="D297" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E297" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1128</v>
+        <v>1150</v>
       </c>
       <c r="G297" t="s">
-        <v>666</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1129</v>
+        <v>1152</v>
       </c>
       <c r="B298" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C298" t="s">
-        <v>895</v>
+        <v>1153</v>
       </c>
       <c r="D298" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E298" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1130</v>
+        <v>1154</v>
       </c>
       <c r="G298" t="s">
-        <v>1131</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>1132</v>
+        <v>1156</v>
       </c>
       <c r="B299" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C299" t="s">
-        <v>852</v>
+        <v>679</v>
       </c>
       <c r="D299" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="E299" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1133</v>
+        <v>1157</v>
       </c>
       <c r="G299" t="s">
-        <v>1134</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>1135</v>
+        <v>1159</v>
       </c>
       <c r="B300" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C300" t="s">
-        <v>1136</v>
+        <v>1160</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1137</v>
+        <v>1161</v>
       </c>
       <c r="G300" t="s">
-        <v>1138</v>
+        <v>798</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>1139</v>
+        <v>1162</v>
       </c>
       <c r="B301" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C301" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="G301" t="s">
-        <v>1142</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>1143</v>
+        <v>1166</v>
       </c>
       <c r="B302" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C302" t="s">
-        <v>1144</v>
+        <v>1167</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>1145</v>
+        <v>1168</v>
       </c>
       <c r="G302" t="s">
-        <v>1146</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>1147</v>
+        <v>1170</v>
       </c>
       <c r="B303" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C303" t="s">
-        <v>1148</v>
+        <v>1171</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1149</v>
+        <v>1172</v>
       </c>
       <c r="G303" t="s">
-        <v>1150</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>1151</v>
+        <v>1174</v>
       </c>
       <c r="B304" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C304" t="s">
-        <v>1152</v>
+        <v>1175</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>1153</v>
+        <v>1176</v>
       </c>
       <c r="G304" t="s">
-        <v>1154</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>1155</v>
+        <v>1178</v>
       </c>
       <c r="B305" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C305" t="s">
-        <v>1156</v>
+        <v>1179</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>1157</v>
+        <v>1180</v>
       </c>
       <c r="G305" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="B306" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C306" t="s">
-        <v>856</v>
+        <v>1183</v>
       </c>
       <c r="D306" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E306" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>1160</v>
+        <v>1184</v>
       </c>
       <c r="G306" t="s">
-        <v>1161</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>1162</v>
+        <v>1186</v>
       </c>
       <c r="B307" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C307" t="s">
-        <v>859</v>
+        <v>697</v>
       </c>
       <c r="D307" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="E307" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1163</v>
+        <v>1187</v>
       </c>
       <c r="G307" t="s">
-        <v>1161</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>1164</v>
+        <v>1189</v>
       </c>
       <c r="B308" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C308" t="s">
-        <v>1165</v>
+        <v>712</v>
       </c>
       <c r="D308" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E308" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1166</v>
+        <v>1190</v>
       </c>
       <c r="G308" t="s">
-        <v>1167</v>
+        <v>757</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>1168</v>
+        <v>1191</v>
       </c>
       <c r="B309" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C309" t="s">
-        <v>1169</v>
+        <v>748</v>
       </c>
       <c r="D309" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E309" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1170</v>
+        <v>1192</v>
       </c>
       <c r="G309" t="s">
-        <v>1171</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1172</v>
+        <v>1194</v>
       </c>
       <c r="B310" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C310" t="s">
-        <v>1173</v>
+        <v>1195</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1174</v>
+        <v>1196</v>
       </c>
       <c r="G310" t="s">
-        <v>1175</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1176</v>
+        <v>1198</v>
       </c>
       <c r="B311" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C311" t="s">
-        <v>1177</v>
+        <v>1199</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1178</v>
+        <v>1200</v>
       </c>
       <c r="G311" t="s">
-        <v>1179</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1180</v>
+        <v>1202</v>
       </c>
       <c r="B312" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C312" t="s">
-        <v>1181</v>
+        <v>755</v>
       </c>
       <c r="D312" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E312" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1182</v>
+        <v>1203</v>
       </c>
       <c r="G312" t="s">
-        <v>1183</v>
+        <v>757</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1184</v>
+        <v>1204</v>
       </c>
       <c r="B313" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C313" t="s">
-        <v>1185</v>
+        <v>759</v>
       </c>
       <c r="D313" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E313" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1186</v>
+        <v>1205</v>
       </c>
       <c r="G313" t="s">
-        <v>1187</v>
+        <v>757</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1188</v>
+        <v>1206</v>
       </c>
       <c r="B314" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C314" t="s">
-        <v>1189</v>
+        <v>762</v>
       </c>
       <c r="D314" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E314" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>1190</v>
+        <v>1207</v>
       </c>
       <c r="G314" t="s">
-        <v>1191</v>
+        <v>757</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1192</v>
+        <v>1208</v>
       </c>
       <c r="B315" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C315" t="s">
-        <v>1193</v>
+        <v>765</v>
       </c>
       <c r="D315" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E315" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1194</v>
+        <v>1209</v>
       </c>
       <c r="G315" t="s">
-        <v>1195</v>
+        <v>757</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1196</v>
+        <v>1210</v>
       </c>
       <c r="B316" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C316" t="s">
-        <v>1197</v>
+        <v>768</v>
       </c>
       <c r="D316" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E316" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1198</v>
+        <v>1211</v>
       </c>
       <c r="G316" t="s">
-        <v>1199</v>
+        <v>757</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="B317" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C317" t="s">
-        <v>1201</v>
+        <v>771</v>
       </c>
       <c r="D317" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E317" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1202</v>
+        <v>1213</v>
       </c>
       <c r="G317" t="s">
-        <v>1203</v>
+        <v>757</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1204</v>
+        <v>1214</v>
       </c>
       <c r="B318" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C318" t="s">
-        <v>1205</v>
+        <v>774</v>
       </c>
       <c r="D318" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E318" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="G318" t="s">
-        <v>1207</v>
+        <v>757</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="B319" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C319" t="s">
-        <v>852</v>
+        <v>777</v>
       </c>
       <c r="D319" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E319" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="G319" t="s">
-        <v>854</v>
+        <v>757</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="B320" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C320" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="D320" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E320" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="G320" t="s">
-        <v>854</v>
+        <v>757</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="B321" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C321" t="s">
-        <v>859</v>
+        <v>986</v>
       </c>
       <c r="D321" t="s">
-        <v>589</v>
+        <v>743</v>
       </c>
       <c r="E321" t="s">
-        <v>590</v>
+        <v>744</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="G321" t="s">
-        <v>854</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="B322" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C322" t="s">
-        <v>862</v>
+        <v>943</v>
       </c>
       <c r="D322" t="s">
-        <v>589</v>
+        <v>743</v>
       </c>
       <c r="E322" t="s">
-        <v>590</v>
+        <v>744</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="G322" t="s">
-        <v>854</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="B323" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C323" t="s">
-        <v>865</v>
+        <v>1227</v>
       </c>
       <c r="D323" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E323" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1217</v>
+        <v>1228</v>
       </c>
       <c r="G323" t="s">
-        <v>854</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1218</v>
+        <v>1230</v>
       </c>
       <c r="B324" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C324" t="s">
-        <v>868</v>
+        <v>1231</v>
       </c>
       <c r="D324" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E324" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1219</v>
+        <v>1232</v>
       </c>
       <c r="G324" t="s">
-        <v>854</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1220</v>
+        <v>1234</v>
       </c>
       <c r="B325" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C325" t="s">
-        <v>781</v>
+        <v>1235</v>
       </c>
       <c r="D325" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E325" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1221</v>
+        <v>1236</v>
       </c>
       <c r="G325" t="s">
-        <v>854</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1222</v>
+        <v>1238</v>
       </c>
       <c r="B326" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C326" t="s">
-        <v>829</v>
+        <v>1239</v>
       </c>
       <c r="D326" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E326" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1223</v>
+        <v>1240</v>
       </c>
       <c r="G326" t="s">
-        <v>854</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1224</v>
+        <v>1242</v>
       </c>
       <c r="B327" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C327" t="s">
-        <v>833</v>
+        <v>1243</v>
       </c>
       <c r="D327" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E327" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1225</v>
+        <v>1244</v>
       </c>
       <c r="G327" t="s">
-        <v>854</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1226</v>
+        <v>1246</v>
       </c>
       <c r="B328" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C328" t="s">
-        <v>874</v>
+        <v>1247</v>
       </c>
       <c r="D328" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E328" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1227</v>
+        <v>1248</v>
       </c>
       <c r="G328" t="s">
-        <v>854</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1228</v>
+        <v>1250</v>
       </c>
       <c r="B329" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C329" t="s">
-        <v>877</v>
+        <v>947</v>
       </c>
       <c r="D329" t="s">
-        <v>589</v>
+        <v>743</v>
       </c>
       <c r="E329" t="s">
-        <v>590</v>
+        <v>744</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1229</v>
+        <v>1251</v>
       </c>
       <c r="G329" t="s">
-        <v>854</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1230</v>
+        <v>1253</v>
       </c>
       <c r="B330" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C330" t="s">
-        <v>880</v>
+        <v>950</v>
       </c>
       <c r="D330" t="s">
-        <v>589</v>
+        <v>743</v>
       </c>
       <c r="E330" t="s">
-        <v>590</v>
+        <v>744</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1231</v>
+        <v>1254</v>
       </c>
       <c r="G330" t="s">
-        <v>854</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1232</v>
+        <v>1255</v>
       </c>
       <c r="B331" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C331" t="s">
-        <v>883</v>
+        <v>1256</v>
       </c>
       <c r="D331" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E331" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1233</v>
+        <v>1257</v>
       </c>
       <c r="G331" t="s">
-        <v>854</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1234</v>
+        <v>1259</v>
       </c>
       <c r="B332" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C332" t="s">
-        <v>651</v>
+        <v>1260</v>
       </c>
       <c r="D332" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E332" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1235</v>
+        <v>1261</v>
       </c>
       <c r="G332" t="s">
-        <v>854</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1236</v>
+        <v>1263</v>
       </c>
       <c r="B333" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C333" t="s">
-        <v>757</v>
+        <v>1264</v>
       </c>
       <c r="D333" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E333" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1237</v>
+        <v>1265</v>
       </c>
       <c r="G333" t="s">
-        <v>854</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1238</v>
+        <v>1267</v>
       </c>
       <c r="B334" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C334" t="s">
-        <v>825</v>
+        <v>1268</v>
       </c>
       <c r="D334" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E334" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1239</v>
+        <v>1269</v>
       </c>
       <c r="G334" t="s">
-        <v>854</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1240</v>
+        <v>1271</v>
       </c>
       <c r="B335" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C335" t="s">
-        <v>892</v>
+        <v>1272</v>
       </c>
       <c r="D335" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E335" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1241</v>
+        <v>1273</v>
       </c>
       <c r="G335" t="s">
-        <v>854</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1242</v>
+        <v>1275</v>
       </c>
       <c r="B336" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C336" t="s">
-        <v>895</v>
+        <v>1276</v>
       </c>
       <c r="D336" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E336" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1243</v>
+        <v>1277</v>
       </c>
       <c r="G336" t="s">
-        <v>854</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1244</v>
+        <v>1279</v>
       </c>
       <c r="B337" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C337" t="s">
-        <v>862</v>
+        <v>1280</v>
       </c>
       <c r="D337" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E337" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1245</v>
+        <v>1281</v>
       </c>
       <c r="G337" t="s">
-        <v>1246</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1247</v>
+        <v>1283</v>
       </c>
       <c r="B338" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C338" t="s">
-        <v>865</v>
+        <v>1284</v>
       </c>
       <c r="D338" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E338" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1248</v>
+        <v>1285</v>
       </c>
       <c r="G338" t="s">
-        <v>1249</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1250</v>
+        <v>1287</v>
       </c>
       <c r="B339" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C339" t="s">
-        <v>1251</v>
+        <v>1288</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1252</v>
+        <v>1289</v>
       </c>
       <c r="G339" t="s">
-        <v>1253</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1254</v>
+        <v>1291</v>
       </c>
       <c r="B340" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C340" t="s">
-        <v>1255</v>
+        <v>1292</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1256</v>
+        <v>1293</v>
       </c>
       <c r="G340" t="s">
-        <v>1257</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1258</v>
+        <v>1295</v>
       </c>
       <c r="B341" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C341" t="s">
-        <v>1259</v>
+        <v>1296</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1260</v>
+        <v>1297</v>
       </c>
       <c r="G341" t="s">
-        <v>1261</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1262</v>
+        <v>1299</v>
       </c>
       <c r="B342" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C342" t="s">
-        <v>1263</v>
+        <v>943</v>
       </c>
       <c r="D342" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E342" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1264</v>
+        <v>1300</v>
       </c>
       <c r="G342" t="s">
-        <v>1265</v>
+        <v>945</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1266</v>
+        <v>1301</v>
       </c>
       <c r="B343" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C343" t="s">
-        <v>1267</v>
+        <v>947</v>
       </c>
       <c r="D343" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E343" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1268</v>
+        <v>1302</v>
       </c>
       <c r="G343" t="s">
-        <v>1269</v>
+        <v>945</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1270</v>
+        <v>1303</v>
       </c>
       <c r="B344" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C344" t="s">
-        <v>868</v>
+        <v>950</v>
       </c>
       <c r="D344" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="E344" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1271</v>
+        <v>1304</v>
       </c>
       <c r="G344" t="s">
-        <v>1272</v>
+        <v>945</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1273</v>
+        <v>1305</v>
       </c>
       <c r="B345" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C345" t="s">
-        <v>871</v>
+        <v>953</v>
       </c>
       <c r="D345" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="E345" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1274</v>
+        <v>1306</v>
       </c>
       <c r="G345" t="s">
-        <v>1275</v>
+        <v>945</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1276</v>
+        <v>1307</v>
       </c>
       <c r="B346" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C346" t="s">
-        <v>1277</v>
+        <v>956</v>
       </c>
       <c r="D346" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E346" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1278</v>
+        <v>1308</v>
       </c>
       <c r="G346" t="s">
-        <v>1279</v>
+        <v>945</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1280</v>
+        <v>1309</v>
       </c>
       <c r="B347" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C347" t="s">
-        <v>1281</v>
+        <v>959</v>
       </c>
       <c r="D347" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E347" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1282</v>
+        <v>1310</v>
       </c>
       <c r="G347" t="s">
-        <v>1283</v>
+        <v>945</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1284</v>
+        <v>1311</v>
       </c>
       <c r="B348" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C348" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D348" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E348" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1285</v>
+        <v>1312</v>
       </c>
       <c r="G348" t="s">
-        <v>623</v>
+        <v>945</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1286</v>
+        <v>1313</v>
       </c>
       <c r="B349" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C349" t="s">
-        <v>1287</v>
+        <v>920</v>
       </c>
       <c r="D349" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E349" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1288</v>
+        <v>1314</v>
       </c>
       <c r="G349" t="s">
-        <v>1289</v>
+        <v>945</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1290</v>
+        <v>1315</v>
       </c>
       <c r="B350" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C350" t="s">
-        <v>906</v>
+        <v>924</v>
       </c>
       <c r="D350" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E350" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1291</v>
+        <v>1316</v>
       </c>
       <c r="G350" t="s">
-        <v>1292</v>
+        <v>945</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1293</v>
+        <v>1317</v>
       </c>
       <c r="B351" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C351" t="s">
-        <v>1294</v>
+        <v>965</v>
       </c>
       <c r="D351" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E351" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1295</v>
+        <v>1318</v>
       </c>
       <c r="G351" t="s">
-        <v>1296</v>
+        <v>945</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1297</v>
+        <v>1319</v>
       </c>
       <c r="B352" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C352" t="s">
-        <v>1298</v>
+        <v>968</v>
       </c>
       <c r="D352" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E352" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1299</v>
+        <v>1320</v>
       </c>
       <c r="G352" t="s">
-        <v>1300</v>
+        <v>945</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1301</v>
+        <v>1321</v>
       </c>
       <c r="B353" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C353" t="s">
-        <v>1302</v>
+        <v>971</v>
       </c>
       <c r="D353" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E353" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1303</v>
+        <v>1322</v>
       </c>
       <c r="G353" t="s">
-        <v>1304</v>
+        <v>945</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1305</v>
+        <v>1323</v>
       </c>
       <c r="B354" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C354" t="s">
-        <v>1306</v>
+        <v>974</v>
       </c>
       <c r="D354" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E354" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1307</v>
+        <v>1324</v>
       </c>
       <c r="G354" t="s">
-        <v>1308</v>
+        <v>945</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1309</v>
+        <v>1325</v>
       </c>
       <c r="B355" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C355" t="s">
-        <v>906</v>
+        <v>742</v>
       </c>
       <c r="D355" t="s">
-        <v>1310</v>
+        <v>680</v>
       </c>
       <c r="E355" t="s">
-        <v>1311</v>
+        <v>681</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
       <c r="G355" t="s">
-        <v>1313</v>
+        <v>945</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1314</v>
+        <v>1327</v>
       </c>
       <c r="B356" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C356" t="s">
-        <v>1315</v>
+        <v>848</v>
       </c>
       <c r="D356" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E356" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="G356" t="s">
-        <v>1317</v>
+        <v>945</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="B357" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C357" t="s">
-        <v>1319</v>
+        <v>916</v>
       </c>
       <c r="D357" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E357" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="G357" t="s">
-        <v>1321</v>
+        <v>945</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1322</v>
+        <v>1331</v>
       </c>
       <c r="B358" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C358" t="s">
-        <v>1323</v>
+        <v>983</v>
       </c>
       <c r="D358" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E358" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1324</v>
+        <v>1332</v>
       </c>
       <c r="G358" t="s">
-        <v>1325</v>
+        <v>945</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="B359" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C359" t="s">
-        <v>910</v>
+        <v>986</v>
       </c>
       <c r="D359" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E359" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="G359" t="s">
-        <v>608</v>
+        <v>945</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="B360" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C360" t="s">
-        <v>1329</v>
+        <v>953</v>
       </c>
       <c r="D360" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E360" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="G360" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="B361" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C361" t="s">
-        <v>1333</v>
+        <v>956</v>
       </c>
       <c r="D361" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E361" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="G361" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="B362" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C362" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="G362" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="B363" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C363" t="s">
-        <v>1341</v>
+        <v>1346</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
       <c r="G363" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="B364" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C364" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="G364" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="B365" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C365" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="G365" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="B366" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C366" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="G366" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="B367" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C367" t="s">
-        <v>1357</v>
+        <v>959</v>
       </c>
       <c r="D367" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E367" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="G367" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="B368" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C368" t="s">
-        <v>1361</v>
+        <v>962</v>
       </c>
       <c r="D368" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E368" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="G368" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="B369" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C369" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="G369" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="B370" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C370" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="G370" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="B371" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C371" t="s">
-        <v>910</v>
+        <v>962</v>
       </c>
       <c r="D371" t="s">
-        <v>1310</v>
+        <v>680</v>
       </c>
       <c r="E371" t="s">
-        <v>1311</v>
+        <v>681</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="G371" t="s">
-        <v>1374</v>
+        <v>714</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B372" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C372" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="G372" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="B373" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C373" t="s">
-        <v>1380</v>
+        <v>997</v>
       </c>
       <c r="D373" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E373" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="G373" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B374" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C374" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="G374" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B375" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C375" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="G375" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B376" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C376" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="G376" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="B377" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C377" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="G377" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B378" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C378" t="s">
-        <v>1400</v>
+        <v>997</v>
       </c>
       <c r="D378" t="s">
-        <v>10</v>
+        <v>1401</v>
       </c>
       <c r="E378" t="s">
-        <v>11</v>
+        <v>1402</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="G378" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="B379" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C379" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="G379" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="B380" t="s">
-        <v>955</v>
+        <v>1046</v>
       </c>
       <c r="C380" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="G380" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="B381" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C381" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="G381" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B382" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C382" t="s">
-        <v>1417</v>
+        <v>1001</v>
       </c>
       <c r="D382" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E382" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>1418</v>
       </c>
       <c r="G382" t="s">
-        <v>1419</v>
+        <v>699</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C383" t="s">
         <v>1420</v>
       </c>
-      <c r="B383" t="s">
-[...2 lines deleted...]
-      <c r="C383" t="s">
+      <c r="D383" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" t="s">
+        <v>11</v>
+      </c>
+      <c r="F383" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="D383" t="s">
-[...5 lines deleted...]
-      <c r="F383" s="1" t="s">
+      <c r="G383" t="s">
         <v>1422</v>
-      </c>
-[...1 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C384" t="s">
         <v>1424</v>
       </c>
-      <c r="B384" t="s">
-[...2 lines deleted...]
-      <c r="C384" t="s">
+      <c r="D384" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" t="s">
+        <v>11</v>
+      </c>
+      <c r="F384" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="D384" t="s">
-[...5 lines deleted...]
-      <c r="F384" s="1" t="s">
+      <c r="G384" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C385" t="s">
         <v>1428</v>
       </c>
-      <c r="B385" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D385" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E385" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>1429</v>
       </c>
       <c r="G385" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
         <v>1431</v>
       </c>
       <c r="B386" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C386" t="s">
         <v>1432</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>1433</v>
       </c>
       <c r="G386" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
         <v>1435</v>
       </c>
       <c r="B387" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C387" t="s">
         <v>1436</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>1437</v>
       </c>
       <c r="G387" t="s">
         <v>1438</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
         <v>1439</v>
       </c>
       <c r="B388" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C388" t="s">
         <v>1440</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>1441</v>
       </c>
       <c r="G388" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>1443</v>
       </c>
       <c r="B389" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C389" t="s">
         <v>1444</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>1445</v>
       </c>
       <c r="G389" t="s">
         <v>1446</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>1447</v>
       </c>
       <c r="B390" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C390" t="s">
         <v>1448</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>1449</v>
       </c>
       <c r="G390" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
         <v>1451</v>
       </c>
       <c r="B391" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C391" t="s">
         <v>1452</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="G391" t="s">
         <v>1454</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
         <v>1455</v>
       </c>
       <c r="B392" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C392" t="s">
         <v>1456</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>1457</v>
       </c>
       <c r="G392" t="s">
-        <v>1423</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="B393" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C393" t="s">
-        <v>910</v>
+        <v>1460</v>
       </c>
       <c r="D393" t="s">
-        <v>652</v>
+        <v>10</v>
       </c>
       <c r="E393" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="G393" t="s">
-        <v>1430</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="B394" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C394" t="s">
-        <v>1461</v>
+        <v>1001</v>
       </c>
       <c r="D394" t="s">
-        <v>10</v>
+        <v>1401</v>
       </c>
       <c r="E394" t="s">
-        <v>11</v>
+        <v>1402</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="G394" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B395" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C395" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="G395" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="B396" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C396" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="G396" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="B397" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C397" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="G397" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="B398" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C398" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="G398" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="B399" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C399" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="G399" t="s">
-        <v>1183</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="B400" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C400" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="G400" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="B401" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C401" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="G401" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="B402" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C402" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="G402" t="s">
-        <v>1494</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="B403" t="s">
-        <v>1412</v>
+        <v>1046</v>
       </c>
       <c r="C403" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
         <v>11</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="G403" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="B404" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C404" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="G404" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B405" t="s">
         <v>1503</v>
       </c>
-      <c r="B405" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C405" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="G405" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="B406" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C406" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="G406" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="B407" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C407" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="G407" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="B408" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C408" t="s">
-        <v>1516</v>
+        <v>997</v>
       </c>
       <c r="D408" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E408" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="G408" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="B409" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C409" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="G409" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="B410" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C410" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="G410" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="B411" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C411" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="G411" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="B412" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C412" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="G412" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="B413" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C413" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="G413" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="B414" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C414" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="G414" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="B415" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C415" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="G415" t="s">
-        <v>61</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="B416" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C416" t="s">
-        <v>1547</v>
+        <v>1001</v>
       </c>
       <c r="D416" t="s">
-        <v>10</v>
+        <v>743</v>
       </c>
       <c r="E416" t="s">
-        <v>11</v>
+        <v>744</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="G416" t="s">
-        <v>1549</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B417" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C417" t="s">
-        <v>757</v>
+        <v>1552</v>
       </c>
       <c r="D417" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E417" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="G417" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="B418" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C418" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="G418" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="B419" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C419" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="G419" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="B420" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C420" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="G420" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="B421" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C421" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="G421" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="B422" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C422" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="G422" t="s">
-        <v>1572</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B423" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C423" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="G423" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B424" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C424" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="G424" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B425" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C425" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="G425" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B426" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C426" t="s">
-        <v>825</v>
+        <v>1587</v>
       </c>
       <c r="D426" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E426" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="G426" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="B427" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C427" t="s">
-        <v>852</v>
+        <v>1591</v>
       </c>
       <c r="D427" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E427" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="G427" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="B428" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C428" t="s">
-        <v>856</v>
+        <v>1595</v>
       </c>
       <c r="D428" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E428" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="G428" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="B429" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C429" t="s">
-        <v>859</v>
+        <v>1599</v>
       </c>
       <c r="D429" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E429" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="G429" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1595</v>
+        <v>1602</v>
       </c>
       <c r="B430" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C430" t="s">
-        <v>862</v>
+        <v>1603</v>
       </c>
       <c r="D430" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E430" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="G430" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1597</v>
+        <v>1606</v>
       </c>
       <c r="B431" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C431" t="s">
-        <v>865</v>
+        <v>1607</v>
       </c>
       <c r="D431" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E431" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
       <c r="G431" t="s">
-        <v>1590</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1599</v>
+        <v>1610</v>
       </c>
       <c r="B432" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C432" t="s">
-        <v>892</v>
+        <v>1611</v>
       </c>
       <c r="D432" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E432" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1600</v>
+        <v>1612</v>
       </c>
       <c r="G432" t="s">
-        <v>1590</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1601</v>
+        <v>1614</v>
       </c>
       <c r="B433" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C433" t="s">
-        <v>895</v>
+        <v>1615</v>
       </c>
       <c r="D433" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E433" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1602</v>
+        <v>1616</v>
       </c>
       <c r="G433" t="s">
-        <v>1590</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1603</v>
+        <v>1618</v>
       </c>
       <c r="B434" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C434" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1605</v>
+        <v>1620</v>
       </c>
       <c r="G434" t="s">
-        <v>1606</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1607</v>
+        <v>1622</v>
       </c>
       <c r="B435" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C435" t="s">
-        <v>1608</v>
+        <v>1623</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1609</v>
+        <v>1624</v>
       </c>
       <c r="G435" t="s">
-        <v>1610</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1611</v>
+        <v>1626</v>
       </c>
       <c r="B436" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C436" t="s">
-        <v>1612</v>
+        <v>1627</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1613</v>
+        <v>1628</v>
       </c>
       <c r="G436" t="s">
-        <v>1614</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1615</v>
+        <v>1630</v>
       </c>
       <c r="B437" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C437" t="s">
-        <v>1616</v>
+        <v>1631</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1617</v>
+        <v>1632</v>
       </c>
       <c r="G437" t="s">
-        <v>1618</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1619</v>
+        <v>1634</v>
       </c>
       <c r="B438" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C438" t="s">
-        <v>1620</v>
+        <v>1635</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="G438" t="s">
-        <v>1622</v>
+        <v>69</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1623</v>
+        <v>1637</v>
       </c>
       <c r="B439" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C439" t="s">
-        <v>1624</v>
+        <v>1638</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1625</v>
+        <v>1639</v>
       </c>
       <c r="G439" t="s">
-        <v>1626</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1627</v>
+        <v>1641</v>
       </c>
       <c r="B440" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C440" t="s">
-        <v>1628</v>
+        <v>848</v>
       </c>
       <c r="D440" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E440" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1629</v>
+        <v>1642</v>
       </c>
       <c r="G440" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1631</v>
+        <v>1644</v>
       </c>
       <c r="B441" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C441" t="s">
-        <v>1632</v>
+        <v>1645</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1633</v>
+        <v>1646</v>
       </c>
       <c r="G441" t="s">
-        <v>1634</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1635</v>
+        <v>1648</v>
       </c>
       <c r="B442" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C442" t="s">
-        <v>1636</v>
+        <v>1649</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1637</v>
+        <v>1650</v>
       </c>
       <c r="G442" t="s">
-        <v>1638</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1639</v>
+        <v>1652</v>
       </c>
       <c r="B443" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C443" t="s">
-        <v>1640</v>
+        <v>1653</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1641</v>
+        <v>1654</v>
       </c>
       <c r="G443" t="s">
-        <v>1642</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>1643</v>
+        <v>1656</v>
       </c>
       <c r="B444" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C444" t="s">
-        <v>1644</v>
+        <v>1657</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1645</v>
+        <v>1658</v>
       </c>
       <c r="G444" t="s">
-        <v>1646</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1647</v>
+        <v>1660</v>
       </c>
       <c r="B445" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C445" t="s">
-        <v>1648</v>
+        <v>1661</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1649</v>
+        <v>1662</v>
       </c>
       <c r="G445" t="s">
-        <v>1650</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1651</v>
+        <v>1664</v>
       </c>
       <c r="B446" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C446" t="s">
-        <v>1652</v>
+        <v>1665</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1653</v>
+        <v>1666</v>
       </c>
       <c r="G446" t="s">
-        <v>1654</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1655</v>
+        <v>1668</v>
       </c>
       <c r="B447" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C447" t="s">
-        <v>1656</v>
+        <v>1669</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1657</v>
+        <v>1670</v>
       </c>
       <c r="G447" t="s">
-        <v>1658</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1659</v>
+        <v>1672</v>
       </c>
       <c r="B448" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C448" t="s">
-        <v>1660</v>
+        <v>1673</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1661</v>
+        <v>1674</v>
       </c>
       <c r="G448" t="s">
-        <v>1662</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1663</v>
+        <v>1676</v>
       </c>
       <c r="B449" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C449" t="s">
-        <v>1664</v>
+        <v>916</v>
       </c>
       <c r="D449" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E449" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1665</v>
+        <v>1677</v>
       </c>
       <c r="G449" t="s">
-        <v>1666</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="B450" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C450" t="s">
-        <v>1668</v>
+        <v>943</v>
       </c>
       <c r="D450" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E450" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1669</v>
+        <v>1680</v>
       </c>
       <c r="G450" t="s">
-        <v>1670</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>1671</v>
+        <v>1682</v>
       </c>
       <c r="B451" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C451" t="s">
-        <v>1672</v>
+        <v>947</v>
       </c>
       <c r="D451" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E451" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1673</v>
+        <v>1683</v>
       </c>
       <c r="G451" t="s">
-        <v>1674</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>1675</v>
+        <v>1684</v>
       </c>
       <c r="B452" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C452" t="s">
-        <v>1676</v>
+        <v>950</v>
       </c>
       <c r="D452" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E452" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="G452" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>1679</v>
+        <v>1686</v>
       </c>
       <c r="B453" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C453" t="s">
-        <v>910</v>
+        <v>953</v>
       </c>
       <c r="D453" t="s">
-        <v>1680</v>
+        <v>680</v>
       </c>
       <c r="E453" t="s">
+        <v>681</v>
+      </c>
+      <c r="F453" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G453" t="s">
         <v>1681</v>
-      </c>
-[...4 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="B454" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C454" t="s">
-        <v>1685</v>
+        <v>956</v>
       </c>
       <c r="D454" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E454" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="G454" t="s">
-        <v>1687</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="B455" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C455" t="s">
-        <v>1689</v>
+        <v>983</v>
       </c>
       <c r="D455" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E455" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="G455" t="s">
-        <v>1691</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
         <v>1692</v>
       </c>
       <c r="B456" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C456" t="s">
+        <v>986</v>
+      </c>
+      <c r="D456" t="s">
+        <v>680</v>
+      </c>
+      <c r="E456" t="s">
+        <v>681</v>
+      </c>
+      <c r="F456" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="D456" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G456" t="s">
-        <v>1695</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D457" t="s">
+        <v>10</v>
+      </c>
+      <c r="E457" t="s">
+        <v>11</v>
+      </c>
+      <c r="F457" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="B457" t="s">
-[...2 lines deleted...]
-      <c r="C457" t="s">
+      <c r="G457" t="s">
         <v>1697</v>
-      </c>
-[...10 lines deleted...]
-        <v>1699</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D458" t="s">
+        <v>10</v>
+      </c>
+      <c r="E458" t="s">
+        <v>11</v>
+      </c>
+      <c r="F458" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="B458" t="s">
-[...2 lines deleted...]
-      <c r="C458" t="s">
+      <c r="G458" t="s">
         <v>1701</v>
-      </c>
-[...10 lines deleted...]
-        <v>1703</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D459" t="s">
+        <v>10</v>
+      </c>
+      <c r="E459" t="s">
+        <v>11</v>
+      </c>
+      <c r="F459" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="B459" t="s">
-[...2 lines deleted...]
-      <c r="C459" t="s">
+      <c r="G459" t="s">
         <v>1705</v>
-      </c>
-[...10 lines deleted...]
-        <v>1707</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D460" t="s">
+        <v>10</v>
+      </c>
+      <c r="E460" t="s">
+        <v>11</v>
+      </c>
+      <c r="F460" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="B460" t="s">
-[...11 lines deleted...]
-      <c r="F460" s="1" t="s">
+      <c r="G460" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C461" t="s">
         <v>1711</v>
       </c>
-      <c r="B461" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D461" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E461" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>1712</v>
       </c>
       <c r="G461" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
         <v>1714</v>
       </c>
       <c r="B462" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C462" t="s">
-        <v>906</v>
+        <v>1715</v>
       </c>
       <c r="D462" t="s">
-        <v>589</v>
+        <v>10</v>
       </c>
       <c r="E462" t="s">
-        <v>590</v>
+        <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="G462" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B463" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C463" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="G463" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B464" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C464" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="G464" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="B465" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C465" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
         <v>11</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="G465" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="B466" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C466" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="G466" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B467" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C467" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="G467" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="B468" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C468" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="G468" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="B469" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C469" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="G469" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B470" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C470" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="D470" t="s">
         <v>10</v>
       </c>
       <c r="E470" t="s">
         <v>11</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="G470" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="B471" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C471" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="G471" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B472" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C472" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="G472" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B473" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C473" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
         <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="G473" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="B474" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C474" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="G474" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B475" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C475" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="G475" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B476" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C476" t="s">
-        <v>1770</v>
+        <v>1001</v>
       </c>
       <c r="D476" t="s">
-        <v>10</v>
+        <v>1771</v>
       </c>
       <c r="E476" t="s">
-        <v>11</v>
+        <v>1772</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="G476" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="B477" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C477" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="D477" t="s">
         <v>10</v>
       </c>
       <c r="E477" t="s">
         <v>11</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="G477" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="B478" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C478" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="G478" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="B479" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C479" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="G479" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="B480" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C480" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="D480" t="s">
         <v>10</v>
       </c>
       <c r="E480" t="s">
         <v>11</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="G480" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="B481" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C481" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="G481" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="B482" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C482" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="D482" t="s">
         <v>10</v>
       </c>
       <c r="E482" t="s">
         <v>11</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="G482" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="B483" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C483" t="s">
-        <v>1798</v>
+        <v>959</v>
       </c>
       <c r="D483" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E483" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="G483" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="B484" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C484" t="s">
-        <v>910</v>
+        <v>962</v>
       </c>
       <c r="D484" t="s">
-        <v>589</v>
+        <v>680</v>
       </c>
       <c r="E484" t="s">
-        <v>590</v>
+        <v>681</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="G484" t="s">
-        <v>1710</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="B485" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C485" t="s">
-        <v>1804</v>
+        <v>997</v>
       </c>
       <c r="D485" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="E485" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="G485" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="B486" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C486" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
         <v>11</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="G486" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B487" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C487" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>11</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="G487" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B488" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C488" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="D488" t="s">
         <v>10</v>
       </c>
       <c r="E488" t="s">
         <v>11</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="G488" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B489" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C489" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>11</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="G489" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B490" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C490" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>11</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="G490" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B491" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C491" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="D491" t="s">
         <v>10</v>
       </c>
       <c r="E491" t="s">
         <v>11</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="G491" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="B492" t="s">
-        <v>1412</v>
+        <v>1503</v>
       </c>
       <c r="C492" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="D492" t="s">
         <v>10</v>
       </c>
       <c r="E492" t="s">
         <v>11</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="G492" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="B493" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C493" t="s">
         <v>1837</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>11</v>
       </c>
       <c r="F493" s="1" t="s">
         <v>1838</v>
       </c>
       <c r="G493" t="s">
         <v>1839</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
         <v>1840</v>
       </c>
       <c r="B494" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C494" t="s">
         <v>1841</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>11</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>1842</v>
       </c>
       <c r="G494" t="s">
         <v>1843</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
         <v>1844</v>
       </c>
       <c r="B495" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C495" t="s">
         <v>1845</v>
       </c>
       <c r="D495" t="s">
         <v>10</v>
       </c>
       <c r="E495" t="s">
         <v>11</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>1846</v>
       </c>
       <c r="G495" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
         <v>1848</v>
       </c>
       <c r="B496" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C496" t="s">
         <v>1849</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>11</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>1850</v>
       </c>
       <c r="G496" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
         <v>1852</v>
       </c>
       <c r="B497" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C497" t="s">
         <v>1853</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>1854</v>
       </c>
       <c r="G497" t="s">
         <v>1855</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
         <v>1856</v>
       </c>
       <c r="B498" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C498" t="s">
         <v>1857</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>11</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>1858</v>
       </c>
       <c r="G498" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
         <v>1860</v>
       </c>
       <c r="B499" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C499" t="s">
         <v>1861</v>
       </c>
       <c r="D499" t="s">
         <v>10</v>
       </c>
       <c r="E499" t="s">
         <v>11</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>1862</v>
       </c>
       <c r="G499" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
         <v>1864</v>
       </c>
       <c r="B500" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C500" t="s">
         <v>1865</v>
       </c>
       <c r="D500" t="s">
         <v>10</v>
       </c>
       <c r="E500" t="s">
         <v>11</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>1866</v>
       </c>
       <c r="G500" t="s">
         <v>1867</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
         <v>1868</v>
       </c>
       <c r="B501" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C501" t="s">
         <v>1869</v>
       </c>
       <c r="D501" t="s">
         <v>10</v>
       </c>
       <c r="E501" t="s">
         <v>11</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>1870</v>
       </c>
       <c r="G501" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
         <v>1872</v>
       </c>
       <c r="B502" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C502" t="s">
         <v>1873</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>11</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>1874</v>
       </c>
       <c r="G502" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
         <v>1876</v>
       </c>
       <c r="B503" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C503" t="s">
         <v>1877</v>
       </c>
       <c r="D503" t="s">
         <v>10</v>
       </c>
       <c r="E503" t="s">
         <v>11</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>1878</v>
       </c>
       <c r="G503" t="s">
         <v>1879</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
         <v>1880</v>
       </c>
       <c r="B504" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C504" t="s">
         <v>1881</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>11</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>1882</v>
       </c>
       <c r="G504" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
         <v>1884</v>
       </c>
       <c r="B505" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C505" t="s">
         <v>1885</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>11</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>1886</v>
       </c>
       <c r="G505" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
         <v>1888</v>
       </c>
       <c r="B506" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C506" t="s">
         <v>1889</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
         <v>11</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>1890</v>
       </c>
       <c r="G506" t="s">
         <v>1891</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
         <v>1892</v>
       </c>
       <c r="B507" t="s">
-        <v>1836</v>
+        <v>1503</v>
       </c>
       <c r="C507" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D507" t="s">
+        <v>680</v>
+      </c>
+      <c r="E507" t="s">
+        <v>681</v>
+      </c>
+      <c r="F507" s="1" t="s">
         <v>1893</v>
       </c>
-      <c r="D507" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G507" t="s">
-        <v>1895</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D508" t="s">
+        <v>10</v>
+      </c>
+      <c r="E508" t="s">
+        <v>11</v>
+      </c>
+      <c r="F508" s="1" t="s">
         <v>1896</v>
       </c>
-      <c r="B508" t="s">
-[...2 lines deleted...]
-      <c r="C508" t="s">
+      <c r="G508" t="s">
         <v>1897</v>
-      </c>
-[...10 lines deleted...]
-        <v>1899</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D509" t="s">
+        <v>10</v>
+      </c>
+      <c r="E509" t="s">
+        <v>11</v>
+      </c>
+      <c r="F509" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="B509" t="s">
-[...2 lines deleted...]
-      <c r="C509" t="s">
+      <c r="G509" t="s">
         <v>1901</v>
-      </c>
-[...10 lines deleted...]
-        <v>1903</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D510" t="s">
+        <v>10</v>
+      </c>
+      <c r="E510" t="s">
+        <v>11</v>
+      </c>
+      <c r="F510" s="1" t="s">
         <v>1904</v>
       </c>
-      <c r="B510" t="s">
-[...2 lines deleted...]
-      <c r="C510" t="s">
+      <c r="G510" t="s">
         <v>1905</v>
-      </c>
-[...10 lines deleted...]
-        <v>1907</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D511" t="s">
+        <v>10</v>
+      </c>
+      <c r="E511" t="s">
+        <v>11</v>
+      </c>
+      <c r="F511" s="1" t="s">
         <v>1908</v>
       </c>
-      <c r="B511" t="s">
-[...2 lines deleted...]
-      <c r="C511" t="s">
+      <c r="G511" t="s">
         <v>1909</v>
-      </c>
-[...10 lines deleted...]
-        <v>1911</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D512" t="s">
+        <v>10</v>
+      </c>
+      <c r="E512" t="s">
+        <v>11</v>
+      </c>
+      <c r="F512" s="1" t="s">
         <v>1912</v>
       </c>
-      <c r="B512" t="s">
-[...2 lines deleted...]
-      <c r="C512" t="s">
+      <c r="G512" t="s">
         <v>1913</v>
-      </c>
-[...10 lines deleted...]
-        <v>1915</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D513" t="s">
+        <v>10</v>
+      </c>
+      <c r="E513" t="s">
+        <v>11</v>
+      </c>
+      <c r="F513" s="1" t="s">
         <v>1916</v>
       </c>
-      <c r="B513" t="s">
-[...2 lines deleted...]
-      <c r="C513" t="s">
+      <c r="G513" t="s">
         <v>1917</v>
-      </c>
-[...10 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D514" t="s">
+        <v>10</v>
+      </c>
+      <c r="E514" t="s">
+        <v>11</v>
+      </c>
+      <c r="F514" s="1" t="s">
         <v>1920</v>
       </c>
-      <c r="B514" t="s">
-[...2 lines deleted...]
-      <c r="C514" t="s">
+      <c r="G514" t="s">
         <v>1921</v>
-      </c>
-[...10 lines deleted...]
-        <v>1915</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C515" t="s">
         <v>1923</v>
       </c>
-      <c r="B515" t="s">
-[...2 lines deleted...]
-      <c r="C515" t="s">
+      <c r="D515" t="s">
+        <v>10</v>
+      </c>
+      <c r="E515" t="s">
+        <v>11</v>
+      </c>
+      <c r="F515" s="1" t="s">
         <v>1924</v>
       </c>
-      <c r="D515" t="s">
-[...5 lines deleted...]
-      <c r="F515" s="1" t="s">
+      <c r="G515" t="s">
         <v>1925</v>
-      </c>
-[...1 lines deleted...]
-        <v>1926</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B516" t="s">
         <v>1927</v>
-      </c>
-[...1 lines deleted...]
-        <v>1836</v>
       </c>
       <c r="C516" t="s">
         <v>1928</v>
       </c>
       <c r="D516" t="s">
         <v>10</v>
       </c>
       <c r="E516" t="s">
         <v>11</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>1929</v>
       </c>
       <c r="G516" t="s">
         <v>1930</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
         <v>1931</v>
       </c>
       <c r="B517" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C517" t="s">
         <v>1932</v>
       </c>
       <c r="D517" t="s">
         <v>10</v>
       </c>
       <c r="E517" t="s">
         <v>11</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>1933</v>
       </c>
       <c r="G517" t="s">
         <v>1934</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
         <v>1935</v>
       </c>
       <c r="B518" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C518" t="s">
         <v>1936</v>
       </c>
       <c r="D518" t="s">
         <v>10</v>
       </c>
       <c r="E518" t="s">
         <v>11</v>
       </c>
       <c r="F518" s="1" t="s">
         <v>1937</v>
       </c>
       <c r="G518" t="s">
         <v>1938</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
         <v>1939</v>
       </c>
       <c r="B519" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C519" t="s">
         <v>1940</v>
       </c>
       <c r="D519" t="s">
         <v>10</v>
       </c>
       <c r="E519" t="s">
         <v>11</v>
       </c>
       <c r="F519" s="1" t="s">
         <v>1941</v>
       </c>
       <c r="G519" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
         <v>1943</v>
       </c>
       <c r="B520" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C520" t="s">
         <v>1944</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520" t="s">
         <v>11</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>1945</v>
       </c>
       <c r="G520" t="s">
         <v>1946</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
         <v>1947</v>
       </c>
       <c r="B521" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C521" t="s">
         <v>1948</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>11</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>1949</v>
       </c>
       <c r="G521" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
         <v>1951</v>
       </c>
       <c r="B522" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C522" t="s">
         <v>1952</v>
       </c>
       <c r="D522" t="s">
         <v>10</v>
       </c>
       <c r="E522" t="s">
         <v>11</v>
       </c>
       <c r="F522" s="1" t="s">
         <v>1953</v>
       </c>
       <c r="G522" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
         <v>1955</v>
       </c>
       <c r="B523" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C523" t="s">
         <v>1956</v>
       </c>
       <c r="D523" t="s">
         <v>10</v>
       </c>
       <c r="E523" t="s">
         <v>11</v>
       </c>
       <c r="F523" s="1" t="s">
         <v>1957</v>
       </c>
       <c r="G523" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
         <v>1959</v>
       </c>
       <c r="B524" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C524" t="s">
         <v>1960</v>
       </c>
       <c r="D524" t="s">
         <v>10</v>
       </c>
       <c r="E524" t="s">
         <v>11</v>
       </c>
       <c r="F524" s="1" t="s">
         <v>1961</v>
       </c>
       <c r="G524" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
         <v>1963</v>
       </c>
       <c r="B525" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C525" t="s">
         <v>1964</v>
       </c>
       <c r="D525" t="s">
         <v>10</v>
       </c>
       <c r="E525" t="s">
         <v>11</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>1965</v>
       </c>
       <c r="G525" t="s">
         <v>1966</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
         <v>1967</v>
       </c>
       <c r="B526" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C526" t="s">
         <v>1968</v>
       </c>
       <c r="D526" t="s">
         <v>10</v>
       </c>
       <c r="E526" t="s">
         <v>11</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>1969</v>
       </c>
       <c r="G526" t="s">
         <v>1970</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
         <v>1971</v>
       </c>
       <c r="B527" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C527" t="s">
         <v>1972</v>
       </c>
       <c r="D527" t="s">
         <v>10</v>
       </c>
       <c r="E527" t="s">
         <v>11</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>1973</v>
       </c>
       <c r="G527" t="s">
         <v>1974</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
         <v>1975</v>
       </c>
       <c r="B528" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C528" t="s">
         <v>1976</v>
       </c>
       <c r="D528" t="s">
         <v>10</v>
       </c>
       <c r="E528" t="s">
         <v>11</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>1977</v>
       </c>
       <c r="G528" t="s">
         <v>1978</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
         <v>1979</v>
       </c>
       <c r="B529" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C529" t="s">
         <v>1980</v>
       </c>
       <c r="D529" t="s">
         <v>10</v>
       </c>
       <c r="E529" t="s">
         <v>11</v>
       </c>
       <c r="F529" s="1" t="s">
         <v>1981</v>
       </c>
       <c r="G529" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
         <v>1983</v>
       </c>
       <c r="B530" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C530" t="s">
         <v>1984</v>
       </c>
       <c r="D530" t="s">
         <v>10</v>
       </c>
       <c r="E530" t="s">
         <v>11</v>
       </c>
       <c r="F530" s="1" t="s">
         <v>1985</v>
       </c>
       <c r="G530" t="s">
         <v>1986</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
         <v>1987</v>
       </c>
       <c r="B531" t="s">
-        <v>1836</v>
+        <v>1927</v>
       </c>
       <c r="C531" t="s">
         <v>1988</v>
       </c>
       <c r="D531" t="s">
         <v>10</v>
       </c>
       <c r="E531" t="s">
         <v>11</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>1989</v>
       </c>
       <c r="G531" t="s">
         <v>1990</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
         <v>1991</v>
       </c>
       <c r="B532" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C532" t="s">
         <v>1992</v>
       </c>
-      <c r="C532" t="s">
+      <c r="D532" t="s">
+        <v>10</v>
+      </c>
+      <c r="E532" t="s">
+        <v>11</v>
+      </c>
+      <c r="F532" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="D532" t="s">
-[...5 lines deleted...]
-      <c r="F532" s="1" t="s">
+      <c r="G532" t="s">
         <v>1994</v>
-      </c>
-[...1 lines deleted...]
-        <v>1995</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C533" t="s">
         <v>1996</v>
       </c>
-      <c r="B533" t="s">
-[...2 lines deleted...]
-      <c r="C533" t="s">
+      <c r="D533" t="s">
+        <v>10</v>
+      </c>
+      <c r="E533" t="s">
+        <v>11</v>
+      </c>
+      <c r="F533" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="D533" t="s">
-[...5 lines deleted...]
-      <c r="F533" s="1" t="s">
+      <c r="G533" t="s">
         <v>1998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C534" t="s">
         <v>2000</v>
       </c>
-      <c r="B534" t="s">
-[...2 lines deleted...]
-      <c r="C534" t="s">
+      <c r="D534" t="s">
+        <v>10</v>
+      </c>
+      <c r="E534" t="s">
+        <v>11</v>
+      </c>
+      <c r="F534" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="D534" t="s">
-[...5 lines deleted...]
-      <c r="F534" s="1" t="s">
+      <c r="G534" t="s">
         <v>2002</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
         <v>2003</v>
       </c>
       <c r="B535" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C535" t="s">
         <v>2004</v>
       </c>
       <c r="D535" t="s">
         <v>10</v>
       </c>
       <c r="E535" t="s">
         <v>11</v>
       </c>
       <c r="F535" s="1" t="s">
         <v>2005</v>
       </c>
       <c r="G535" t="s">
         <v>2006</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
         <v>2007</v>
       </c>
       <c r="B536" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C536" t="s">
         <v>2008</v>
       </c>
       <c r="D536" t="s">
         <v>10</v>
       </c>
       <c r="E536" t="s">
         <v>11</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>2009</v>
       </c>
       <c r="G536" t="s">
-        <v>1986</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="B537" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C537" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D537" t="s">
         <v>10</v>
       </c>
       <c r="E537" t="s">
         <v>11</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G537" t="s">
-        <v>2013</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
         <v>2014</v>
       </c>
       <c r="B538" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C538" t="s">
         <v>2015</v>
       </c>
       <c r="D538" t="s">
         <v>10</v>
       </c>
       <c r="E538" t="s">
         <v>11</v>
       </c>
       <c r="F538" s="1" t="s">
         <v>2016</v>
       </c>
       <c r="G538" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
         <v>2018</v>
       </c>
       <c r="B539" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C539" t="s">
         <v>2019</v>
       </c>
       <c r="D539" t="s">
         <v>10</v>
       </c>
       <c r="E539" t="s">
         <v>11</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>2020</v>
       </c>
       <c r="G539" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
         <v>2022</v>
       </c>
       <c r="B540" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C540" t="s">
         <v>2023</v>
       </c>
       <c r="D540" t="s">
         <v>10</v>
       </c>
       <c r="E540" t="s">
         <v>11</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>2024</v>
       </c>
       <c r="G540" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
         <v>2026</v>
       </c>
       <c r="B541" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C541" t="s">
         <v>2027</v>
       </c>
       <c r="D541" t="s">
         <v>10</v>
       </c>
       <c r="E541" t="s">
         <v>11</v>
       </c>
       <c r="F541" s="1" t="s">
         <v>2028</v>
       </c>
       <c r="G541" t="s">
-        <v>1978</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="B542" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C542" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="D542" t="s">
         <v>10</v>
       </c>
       <c r="E542" t="s">
         <v>11</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="G542" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="B543" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C543" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="D543" t="s">
         <v>10</v>
       </c>
       <c r="E543" t="s">
         <v>11</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="G543" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="B544" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C544" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="D544" t="s">
         <v>10</v>
       </c>
       <c r="E544" t="s">
         <v>11</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="G544" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="B545" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C545" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="D545" t="s">
         <v>10</v>
       </c>
       <c r="E545" t="s">
         <v>11</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="G545" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="B546" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C546" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="D546" t="s">
         <v>10</v>
       </c>
       <c r="E546" t="s">
         <v>11</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="G546" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="B547" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C547" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="D547" t="s">
         <v>10</v>
       </c>
       <c r="E547" t="s">
         <v>11</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="G547" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="B548" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C548" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="D548" t="s">
         <v>10</v>
       </c>
       <c r="E548" t="s">
         <v>11</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="G548" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="B549" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C549" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="D549" t="s">
         <v>10</v>
       </c>
       <c r="E549" t="s">
         <v>11</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="G549" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="B550" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C550" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="D550" t="s">
         <v>10</v>
       </c>
       <c r="E550" t="s">
         <v>11</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="G550" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="B551" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C551" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="D551" t="s">
         <v>10</v>
       </c>
       <c r="E551" t="s">
         <v>11</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="G551" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="B552" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C552" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="D552" t="s">
         <v>10</v>
       </c>
       <c r="E552" t="s">
         <v>11</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="G552" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="B553" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C553" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="D553" t="s">
         <v>10</v>
       </c>
       <c r="E553" t="s">
         <v>11</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="G553" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="B554" t="s">
-        <v>1992</v>
+        <v>1927</v>
       </c>
       <c r="C554" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="D554" t="s">
         <v>10</v>
       </c>
       <c r="E554" t="s">
         <v>11</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="G554" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="B555" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C555" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="D555" t="s">
         <v>10</v>
       </c>
       <c r="E555" t="s">
         <v>11</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="G555" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="B556" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C556" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="D556" t="s">
         <v>10</v>
       </c>
       <c r="E556" t="s">
         <v>11</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="G556" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="B557" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C557" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D557" t="s">
+        <v>10</v>
+      </c>
+      <c r="E557" t="s">
+        <v>11</v>
+      </c>
+      <c r="F557" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="G557" t="s">
         <v>2090</v>
-      </c>
-[...10 lines deleted...]
-        <v>2092</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="B558" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C558" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="D558" t="s">
         <v>10</v>
       </c>
       <c r="E558" t="s">
         <v>11</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="G558" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="B559" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C559" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="D559" t="s">
         <v>10</v>
       </c>
       <c r="E559" t="s">
         <v>11</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="G559" t="s">
-        <v>2100</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
         <v>2101</v>
       </c>
       <c r="B560" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C560" t="s">
         <v>2102</v>
       </c>
       <c r="D560" t="s">
         <v>10</v>
       </c>
       <c r="E560" t="s">
         <v>11</v>
       </c>
       <c r="F560" s="1" t="s">
         <v>2103</v>
       </c>
       <c r="G560" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
         <v>2105</v>
       </c>
       <c r="B561" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C561" t="s">
         <v>2106</v>
       </c>
       <c r="D561" t="s">
         <v>10</v>
       </c>
       <c r="E561" t="s">
         <v>11</v>
       </c>
       <c r="F561" s="1" t="s">
         <v>2107</v>
       </c>
       <c r="G561" t="s">
-        <v>2100</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="B562" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C562" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="D562" t="s">
         <v>10</v>
       </c>
       <c r="E562" t="s">
         <v>11</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="G562" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="B563" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C563" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="D563" t="s">
         <v>10</v>
       </c>
       <c r="E563" t="s">
         <v>11</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="G563" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="B564" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C564" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="D564" t="s">
         <v>10</v>
       </c>
       <c r="E564" t="s">
         <v>11</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="G564" t="s">
-        <v>2119</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
         <v>2120</v>
       </c>
       <c r="B565" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C565" t="s">
         <v>2121</v>
       </c>
       <c r="D565" t="s">
         <v>10</v>
       </c>
       <c r="E565" t="s">
         <v>11</v>
       </c>
       <c r="F565" s="1" t="s">
         <v>2122</v>
       </c>
       <c r="G565" t="s">
         <v>2123</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
         <v>2124</v>
       </c>
       <c r="B566" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C566" t="s">
         <v>2125</v>
       </c>
       <c r="D566" t="s">
         <v>10</v>
       </c>
       <c r="E566" t="s">
         <v>11</v>
       </c>
       <c r="F566" s="1" t="s">
         <v>2126</v>
       </c>
       <c r="G566" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
         <v>2128</v>
       </c>
       <c r="B567" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C567" t="s">
         <v>2129</v>
       </c>
       <c r="D567" t="s">
         <v>10</v>
       </c>
       <c r="E567" t="s">
         <v>11</v>
       </c>
       <c r="F567" s="1" t="s">
         <v>2130</v>
       </c>
-      <c r="G567">
+      <c r="G567" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="568" spans="1:7">
+      <c r="A568" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B568" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C568" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D568" t="s">
+        <v>10</v>
+      </c>
+      <c r="E568" t="s">
+        <v>11</v>
+      </c>
+      <c r="F568" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="G568" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="569" spans="1:7">
+      <c r="A569" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B569" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D569" t="s">
+        <v>10</v>
+      </c>
+      <c r="E569" t="s">
+        <v>11</v>
+      </c>
+      <c r="F569" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="G569" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="570" spans="1:7">
+      <c r="A570" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B570" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D570" t="s">
+        <v>10</v>
+      </c>
+      <c r="E570" t="s">
+        <v>11</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="G570" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="571" spans="1:7">
+      <c r="A571" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B571" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2145</v>
+      </c>
+      <c r="D571" t="s">
+        <v>10</v>
+      </c>
+      <c r="E571" t="s">
+        <v>11</v>
+      </c>
+      <c r="F571" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="G571" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="572" spans="1:7">
+      <c r="A572" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B572" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2149</v>
+      </c>
+      <c r="D572" t="s">
+        <v>10</v>
+      </c>
+      <c r="E572" t="s">
+        <v>11</v>
+      </c>
+      <c r="F572" s="1" t="s">
+        <v>2150</v>
+      </c>
+      <c r="G572" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="573" spans="1:7">
+      <c r="A573" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B573" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C573" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D573" t="s">
+        <v>10</v>
+      </c>
+      <c r="E573" t="s">
+        <v>11</v>
+      </c>
+      <c r="F573" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="G573" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="574" spans="1:7">
+      <c r="A574" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B574" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D574" t="s">
+        <v>10</v>
+      </c>
+      <c r="E574" t="s">
+        <v>11</v>
+      </c>
+      <c r="F574" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="G574" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="575" spans="1:7">
+      <c r="A575" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B575" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2161</v>
+      </c>
+      <c r="D575" t="s">
+        <v>10</v>
+      </c>
+      <c r="E575" t="s">
+        <v>11</v>
+      </c>
+      <c r="F575" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="G575" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="576" spans="1:7">
+      <c r="A576" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B576" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2165</v>
+      </c>
+      <c r="D576" t="s">
+        <v>10</v>
+      </c>
+      <c r="E576" t="s">
+        <v>11</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>2166</v>
+      </c>
+      <c r="G576" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="577" spans="1:7">
+      <c r="A577" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B577" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2169</v>
+      </c>
+      <c r="D577" t="s">
+        <v>10</v>
+      </c>
+      <c r="E577" t="s">
+        <v>11</v>
+      </c>
+      <c r="F577" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="G577" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="578" spans="1:7">
+      <c r="A578" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B578" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2173</v>
+      </c>
+      <c r="D578" t="s">
+        <v>10</v>
+      </c>
+      <c r="E578" t="s">
+        <v>11</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G578" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="579" spans="1:7">
+      <c r="A579" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B579" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D579" t="s">
+        <v>10</v>
+      </c>
+      <c r="E579" t="s">
+        <v>11</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="G579" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="580" spans="1:7">
+      <c r="A580" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B580" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C580" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D580" t="s">
+        <v>10</v>
+      </c>
+      <c r="E580" t="s">
+        <v>11</v>
+      </c>
+      <c r="F580" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="G580" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="581" spans="1:7">
+      <c r="A581" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B581" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C581" t="s">
+        <v>2185</v>
+      </c>
+      <c r="D581" t="s">
+        <v>10</v>
+      </c>
+      <c r="E581" t="s">
+        <v>11</v>
+      </c>
+      <c r="F581" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="G581" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="582" spans="1:7">
+      <c r="A582" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B582" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2189</v>
+      </c>
+      <c r="D582" t="s">
+        <v>10</v>
+      </c>
+      <c r="E582" t="s">
+        <v>11</v>
+      </c>
+      <c r="F582" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="G582" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="583" spans="1:7">
+      <c r="A583" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B583" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D583" t="s">
+        <v>10</v>
+      </c>
+      <c r="E583" t="s">
+        <v>11</v>
+      </c>
+      <c r="F583" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G583" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="584" spans="1:7">
+      <c r="A584" t="s">
+        <v>2196</v>
+      </c>
+      <c r="B584" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D584" t="s">
+        <v>10</v>
+      </c>
+      <c r="E584" t="s">
+        <v>11</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="G584" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="585" spans="1:7">
+      <c r="A585" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B585" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D585" t="s">
+        <v>10</v>
+      </c>
+      <c r="E585" t="s">
+        <v>11</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="G585" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="586" spans="1:7">
+      <c r="A586" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B586" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D586" t="s">
+        <v>10</v>
+      </c>
+      <c r="E586" t="s">
+        <v>11</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="G586" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="587" spans="1:7">
+      <c r="A587" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B587" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D587" t="s">
+        <v>10</v>
+      </c>
+      <c r="E587" t="s">
+        <v>11</v>
+      </c>
+      <c r="F587" s="1" t="s">
+        <v>2209</v>
+      </c>
+      <c r="G587" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="588" spans="1:7">
+      <c r="A588" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B588" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D588" t="s">
+        <v>10</v>
+      </c>
+      <c r="E588" t="s">
+        <v>11</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="G588" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="589" spans="1:7">
+      <c r="A589" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B589" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D589" t="s">
+        <v>10</v>
+      </c>
+      <c r="E589" t="s">
+        <v>11</v>
+      </c>
+      <c r="F589" s="1" t="s">
+        <v>2217</v>
+      </c>
+      <c r="G589" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="590" spans="1:7">
+      <c r="A590" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B590" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D590" t="s">
+        <v>10</v>
+      </c>
+      <c r="E590" t="s">
+        <v>11</v>
+      </c>
+      <c r="F590" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="G590">
         <f>DÁ NOVA REDAÇÃO AO ARTIGO 3°, INCISO I E II DA LEI N° 1832/2014 DE 16 DE JANEIRO DE 2014, QUE DISPÕE SOBRE A INDENIZAÇÃO A TÍTULO DE AUXÍLIO ALIMENTAÇÃO PARA OS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
-      </c>
-[...527 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
         <v>2222</v>
       </c>
       <c r="B591" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C591" t="s">
         <v>2223</v>
       </c>
       <c r="D591" t="s">
         <v>10</v>
       </c>
       <c r="E591" t="s">
         <v>11</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>2224</v>
       </c>
       <c r="G591" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
         <v>2226</v>
       </c>
       <c r="B592" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C592" t="s">
         <v>2227</v>
       </c>
       <c r="D592" t="s">
         <v>10</v>
       </c>
       <c r="E592" t="s">
         <v>11</v>
       </c>
       <c r="F592" s="1" t="s">
         <v>2228</v>
       </c>
       <c r="G592" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
         <v>2230</v>
       </c>
       <c r="B593" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C593" t="s">
         <v>2231</v>
       </c>
       <c r="D593" t="s">
         <v>10</v>
       </c>
       <c r="E593" t="s">
         <v>11</v>
       </c>
       <c r="F593" s="1" t="s">
         <v>2232</v>
       </c>
       <c r="G593" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
         <v>2234</v>
       </c>
       <c r="B594" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C594" t="s">
         <v>2235</v>
       </c>
       <c r="D594" t="s">
         <v>10</v>
       </c>
       <c r="E594" t="s">
         <v>11</v>
       </c>
       <c r="F594" s="1" t="s">
         <v>2236</v>
       </c>
       <c r="G594" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
         <v>2238</v>
       </c>
       <c r="B595" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C595" t="s">
         <v>2239</v>
       </c>
       <c r="D595" t="s">
         <v>10</v>
       </c>
       <c r="E595" t="s">
         <v>11</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>2240</v>
       </c>
       <c r="G595" t="s">
-        <v>2237</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="B596" t="s">
-        <v>1992</v>
+        <v>2083</v>
       </c>
       <c r="C596" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="D596" t="s">
         <v>10</v>
       </c>
       <c r="E596" t="s">
         <v>11</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="G596" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="B597" t="s">
-        <v>2246</v>
+        <v>2083</v>
       </c>
       <c r="C597" t="s">
         <v>2247</v>
       </c>
       <c r="D597" t="s">
         <v>10</v>
       </c>
       <c r="E597" t="s">
         <v>11</v>
       </c>
       <c r="F597" s="1" t="s">
         <v>2248</v>
       </c>
-      <c r="G597">
+      <c r="G597" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="598" spans="1:7">
+      <c r="A598" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B598" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D598" t="s">
+        <v>10</v>
+      </c>
+      <c r="E598" t="s">
+        <v>11</v>
+      </c>
+      <c r="F598" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="G598" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="599" spans="1:7">
+      <c r="A599" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B599" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D599" t="s">
+        <v>10</v>
+      </c>
+      <c r="E599" t="s">
+        <v>11</v>
+      </c>
+      <c r="F599" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="G599" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="600" spans="1:7">
+      <c r="A600" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B600" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D600" t="s">
+        <v>10</v>
+      </c>
+      <c r="E600" t="s">
+        <v>11</v>
+      </c>
+      <c r="F600" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G600" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="601" spans="1:7">
+      <c r="A601" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B601" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D601" t="s">
+        <v>10</v>
+      </c>
+      <c r="E601" t="s">
+        <v>11</v>
+      </c>
+      <c r="F601" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="G601" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="602" spans="1:7">
+      <c r="A602" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B602" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D602" t="s">
+        <v>10</v>
+      </c>
+      <c r="E602" t="s">
+        <v>11</v>
+      </c>
+      <c r="F602" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G602" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="603" spans="1:7">
+      <c r="A603" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B603" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D603" t="s">
+        <v>10</v>
+      </c>
+      <c r="E603" t="s">
+        <v>11</v>
+      </c>
+      <c r="F603" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="G603" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="604" spans="1:7">
+      <c r="A604" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B604" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D604" t="s">
+        <v>10</v>
+      </c>
+      <c r="E604" t="s">
+        <v>11</v>
+      </c>
+      <c r="F604" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="G604" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="605" spans="1:7">
+      <c r="A605" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B605" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D605" t="s">
+        <v>10</v>
+      </c>
+      <c r="E605" t="s">
+        <v>11</v>
+      </c>
+      <c r="F605" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="G605" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="606" spans="1:7">
+      <c r="A606" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B606" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D606" t="s">
+        <v>10</v>
+      </c>
+      <c r="E606" t="s">
+        <v>11</v>
+      </c>
+      <c r="F606" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G606" t="s">
+        <v>2284</v>
+      </c>
+    </row>
+    <row r="607" spans="1:7">
+      <c r="A607" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B607" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D607" t="s">
+        <v>10</v>
+      </c>
+      <c r="E607" t="s">
+        <v>11</v>
+      </c>
+      <c r="F607" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="G607" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="608" spans="1:7">
+      <c r="A608" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B608" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D608" t="s">
+        <v>10</v>
+      </c>
+      <c r="E608" t="s">
+        <v>11</v>
+      </c>
+      <c r="F608" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="G608" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="609" spans="1:7">
+      <c r="A609" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B609" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D609" t="s">
+        <v>10</v>
+      </c>
+      <c r="E609" t="s">
+        <v>11</v>
+      </c>
+      <c r="F609" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="G609" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="610" spans="1:7">
+      <c r="A610" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B610" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C610" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D610" t="s">
+        <v>10</v>
+      </c>
+      <c r="E610" t="s">
+        <v>11</v>
+      </c>
+      <c r="F610" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="G610" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="611" spans="1:7">
+      <c r="A611" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B611" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C611" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D611" t="s">
+        <v>10</v>
+      </c>
+      <c r="E611" t="s">
+        <v>11</v>
+      </c>
+      <c r="F611" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="G611" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="612" spans="1:7">
+      <c r="A612" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B612" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D612" t="s">
+        <v>10</v>
+      </c>
+      <c r="E612" t="s">
+        <v>11</v>
+      </c>
+      <c r="F612" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="G612" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="613" spans="1:7">
+      <c r="A613" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B613" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D613" t="s">
+        <v>10</v>
+      </c>
+      <c r="E613" t="s">
+        <v>11</v>
+      </c>
+      <c r="F613" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="G613" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="614" spans="1:7">
+      <c r="A614" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B614" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D614" t="s">
+        <v>10</v>
+      </c>
+      <c r="E614" t="s">
+        <v>11</v>
+      </c>
+      <c r="F614" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="G614" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="615" spans="1:7">
+      <c r="A615" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B615" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D615" t="s">
+        <v>10</v>
+      </c>
+      <c r="E615" t="s">
+        <v>11</v>
+      </c>
+      <c r="F615" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="G615" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="616" spans="1:7">
+      <c r="A616" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B616" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D616" t="s">
+        <v>10</v>
+      </c>
+      <c r="E616" t="s">
+        <v>11</v>
+      </c>
+      <c r="F616" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="G616" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="617" spans="1:7">
+      <c r="A617" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B617" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2326</v>
+      </c>
+      <c r="D617" t="s">
+        <v>10</v>
+      </c>
+      <c r="E617" t="s">
+        <v>11</v>
+      </c>
+      <c r="F617" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="G617" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="618" spans="1:7">
+      <c r="A618" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B618" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D618" t="s">
+        <v>10</v>
+      </c>
+      <c r="E618" t="s">
+        <v>11</v>
+      </c>
+      <c r="F618" s="1" t="s">
+        <v>2331</v>
+      </c>
+      <c r="G618" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="619" spans="1:7">
+      <c r="A619" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B619" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D619" t="s">
+        <v>10</v>
+      </c>
+      <c r="E619" t="s">
+        <v>11</v>
+      </c>
+      <c r="F619" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="G619" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="620" spans="1:7">
+      <c r="A620" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B620" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D620" t="s">
+        <v>10</v>
+      </c>
+      <c r="E620" t="s">
+        <v>11</v>
+      </c>
+      <c r="F620" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="G620">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 221.498,39. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="598" spans="1:7">
-[...18 lines deleted...]
-      <c r="G598">
+    <row r="621" spans="1:7">
+      <c r="A621" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B621" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D621" t="s">
+        <v>10</v>
+      </c>
+      <c r="E621" t="s">
+        <v>11</v>
+      </c>
+      <c r="F621" s="1" t="s">
+        <v>2342</v>
+      </c>
+      <c r="G621">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 136.417,00 PARA O FIM QUE ESPECIFICA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="599" spans="1:7">
-[...18 lines deleted...]
-      <c r="G599">
+    <row r="622" spans="1:7">
+      <c r="A622" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B622" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D622" t="s">
+        <v>10</v>
+      </c>
+      <c r="E622" t="s">
+        <v>11</v>
+      </c>
+      <c r="F622" s="1" t="s">
+        <v>2345</v>
+      </c>
+      <c r="G622">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 47.583,00 PARA O FIM QUE ESPECIFICA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="600" spans="1:7">
-[...18 lines deleted...]
-      <c r="G600">
+    <row r="623" spans="1:7">
+      <c r="A623" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B623" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D623" t="s">
+        <v>10</v>
+      </c>
+      <c r="E623" t="s">
+        <v>11</v>
+      </c>
+      <c r="F623" s="1" t="s">
+        <v>2348</v>
+      </c>
+      <c r="G623">
         <f> INCLUI DISPOSITIVOS E ALTERA A LEI MUNICIPAL N° 230/1990 E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="601" spans="1:7">
-[...18 lines deleted...]
-      <c r="G601">
+    <row r="624" spans="1:7">
+      <c r="A624" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B624" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2350</v>
+      </c>
+      <c r="D624" t="s">
+        <v>10</v>
+      </c>
+      <c r="E624" t="s">
+        <v>11</v>
+      </c>
+      <c r="F624" s="1" t="s">
+        <v>2351</v>
+      </c>
+      <c r="G624">
         <f> DÁ NOVA REDAÇÃO AO CAPUT DO ART. 20; INCLUI A CARGA HORÁRIA NA TABELA E ALTERA A DENOMINAÇÃO DOS CARGOS EM COMISSÃO EXISTENTES DO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DO ART. 20; ALTERA O PADRÃO DOS CARGOS DE DIRETORES DO DEPARTAMENTO DE ADMINISTRAÇÃO GERAL, DO DEPARTAMENTO DE FISCALIZAÇÃO E LICENCIAMENTO AMBIENTAL, E DO DIRETOR SUPERINTENDENTE DE PLANEJAMENTO E PROJETOS PÚBLICOS DO ART. 20; E ALTERA A DENOMINAÇÃO E O PADRÃO DOS CARGOS NO ANEXO II, DA LEI N° 1822 DE 14/01/2014. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="602" spans="1:7">
-[...18 lines deleted...]
-      <c r="G602">
+    <row r="625" spans="1:7">
+      <c r="A625" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B625" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2353</v>
+      </c>
+      <c r="D625" t="s">
+        <v>10</v>
+      </c>
+      <c r="E625" t="s">
+        <v>11</v>
+      </c>
+      <c r="F625" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="G625">
         <f> ALTERA A LEI N° 1824 DE 16 DE JANEIRO DE 2014, PARA DISPOR SOBRE A DISTRIBUIÇÃO E DAR NOVA ORDENAÇÃO AOS CARGOS DA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE GENERAL CÂMARA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="603" spans="1:7">
-[...18 lines deleted...]
-      <c r="G603">
+    <row r="626" spans="1:7">
+      <c r="A626" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B626" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2356</v>
+      </c>
+      <c r="D626" t="s">
+        <v>10</v>
+      </c>
+      <c r="E626" t="s">
+        <v>11</v>
+      </c>
+      <c r="F626" s="1" t="s">
+        <v>2357</v>
+      </c>
+      <c r="G626">
         <f> DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2019. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="604" spans="1:7">
-[...18 lines deleted...]
-      <c r="G604">
+    <row r="627" spans="1:7">
+      <c r="A627" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B627" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D627" t="s">
+        <v>10</v>
+      </c>
+      <c r="E627" t="s">
+        <v>11</v>
+      </c>
+      <c r="F627" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="G627">
         <f> DENOMINA ANDRÉ DELCI BORGES DA SILVA, O CAMPO DE FUTEBOL DE AREIA CONSTRUÍDO AO LADO DO GINÁSIO DE ESPORTES. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="605" spans="1:7">
-[...18 lines deleted...]
-      <c r="G605">
+    <row r="628" spans="1:7">
+      <c r="A628" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B628" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2362</v>
+      </c>
+      <c r="D628" t="s">
+        <v>10</v>
+      </c>
+      <c r="E628" t="s">
+        <v>11</v>
+      </c>
+      <c r="F628" s="1" t="s">
+        <v>2363</v>
+      </c>
+      <c r="G628">
         <f> AUTORIZA A CONCESSÃO DE USO DO BEM IMÓVEL CAMPING DA CACHOEIRINHA Á INICIATIVA PRIVADA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="606" spans="1:7">
-[...18 lines deleted...]
-      <c r="G606">
+    <row r="629" spans="1:7">
+      <c r="A629" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B629" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D629" t="s">
+        <v>10</v>
+      </c>
+      <c r="E629" t="s">
+        <v>11</v>
+      </c>
+      <c r="F629" s="1" t="s">
+        <v>2366</v>
+      </c>
+      <c r="G629">
         <f> AUTORIZA A CONCESSÃO DE USO DE BEM IMÓVEL - BAR DO CAMPING DA CACHOEIRINHA A INICIATIVA PRIVADA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="607" spans="1:7">
-[...18 lines deleted...]
-      <c r="G607">
+    <row r="630" spans="1:7">
+      <c r="A630" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B630" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D630" t="s">
+        <v>10</v>
+      </c>
+      <c r="E630" t="s">
+        <v>11</v>
+      </c>
+      <c r="F630" s="1" t="s">
+        <v>2369</v>
+      </c>
+      <c r="G630">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 149.822,83 .</f>
         <v>0</v>
       </c>
     </row>
-    <row r="608" spans="1:7">
-[...18 lines deleted...]
-      <c r="G608">
+    <row r="631" spans="1:7">
+      <c r="A631" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B631" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D631" t="s">
+        <v>10</v>
+      </c>
+      <c r="E631" t="s">
+        <v>11</v>
+      </c>
+      <c r="F631" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="G631">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 40.000,00 PARA O FIM QUE ESPECIFICA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="609" spans="1:7">
-[...18 lines deleted...]
-      <c r="G609">
+    <row r="632" spans="1:7">
+      <c r="A632" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B632" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D632" t="s">
+        <v>10</v>
+      </c>
+      <c r="E632" t="s">
+        <v>11</v>
+      </c>
+      <c r="F632" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="G632">
         <f> AUTORIZA A ABERTURA DE CRÉDITO NO VALOR DE R$ 193.649,67. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="610" spans="1:7">
-[...18 lines deleted...]
-      <c r="G610">
+    <row r="633" spans="1:7">
+      <c r="A633" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B633" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D633" t="s">
+        <v>10</v>
+      </c>
+      <c r="E633" t="s">
+        <v>11</v>
+      </c>
+      <c r="F633" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="G633">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR R$ 142.336,67 .=</f>
         <v>0</v>
       </c>
     </row>
-    <row r="611" spans="1:7">
-[...18 lines deleted...]
-      <c r="G611">
+    <row r="634" spans="1:7">
+      <c r="A634" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B634" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2380</v>
+      </c>
+      <c r="D634" t="s">
+        <v>10</v>
+      </c>
+      <c r="E634" t="s">
+        <v>11</v>
+      </c>
+      <c r="F634" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="G634">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 112.475,55 PARA O FIM QUE ESPECIFICA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="612" spans="1:7">
-[...18 lines deleted...]
-      <c r="G612">
+    <row r="635" spans="1:7">
+      <c r="A635" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B635" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D635" t="s">
+        <v>10</v>
+      </c>
+      <c r="E635" t="s">
+        <v>11</v>
+      </c>
+      <c r="F635" s="1" t="s">
+        <v>2384</v>
+      </c>
+      <c r="G635">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 70.000,00. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="613" spans="1:7">
-[...18 lines deleted...]
-      <c r="G613">
+    <row r="636" spans="1:7">
+      <c r="A636" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B636" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D636" t="s">
+        <v>10</v>
+      </c>
+      <c r="E636" t="s">
+        <v>11</v>
+      </c>
+      <c r="F636" s="1" t="s">
+        <v>2387</v>
+      </c>
+      <c r="G636">
         <f> INSTITUI O CADASTRO TÉCNICO MUNICIPAL DE ATIVIDADES POTENCIALMENTE POLUIDORAS OU UTILIZADORAS DE RECURSOS AMBIENTAIS, E CRIA A TAXA DE CONTROLE E FISCALIZAÇÃO AMBIENTAL MUNICIPAL, DE ACORDO COM A LEI FEDERAL 6.938/81 E ALTERAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS . =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="614" spans="1:7">
-[...18 lines deleted...]
-      <c r="G614">
+    <row r="637" spans="1:7">
+      <c r="A637" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B637" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D637" t="s">
+        <v>10</v>
+      </c>
+      <c r="E637" t="s">
+        <v>11</v>
+      </c>
+      <c r="F637" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="G637">
         <f> INSTITUI O PROGRAMA DE EDUCAÇÃO FISCAL - PMEF - E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="615" spans="1:7">
-[...18 lines deleted...]
-      <c r="G615">
+    <row r="638" spans="1:7">
+      <c r="A638" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B638" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2392</v>
+      </c>
+      <c r="D638" t="s">
+        <v>10</v>
+      </c>
+      <c r="E638" t="s">
+        <v>11</v>
+      </c>
+      <c r="F638" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="G638">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 1.078.000,00 PARA O FIM QUE ESPECIFICA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="616" spans="1:7">
-[...41 lines deleted...]
-      <c r="G617">
+    <row r="639" spans="1:7">
+      <c r="A639" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B639" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D639" t="s">
+        <v>10</v>
+      </c>
+      <c r="E639" t="s">
+        <v>11</v>
+      </c>
+      <c r="F639" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="G639" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="640" spans="1:7">
+      <c r="A640" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B640" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D640" t="s">
+        <v>10</v>
+      </c>
+      <c r="E640" t="s">
+        <v>11</v>
+      </c>
+      <c r="F640" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="G640">
         <f> “Altera os coeficientes dos padrões 05 e 06 dos cargos de Provimento em Comissão do Inciso II, Art. 25; dá nova redação as atribuições da categoria funcional de Contador e Altera o padrão de vencimento da categoria funcional de Técnico Agrícola do Anexo I; Altera a descrição sintética das atribuições do cargo de Diretor do Departamento de Planejamento e Projetos Públicos do anexo II, da Lei Nº 1822/2014 de 14 de janeiro de 2014..”</f>
         <v>0</v>
       </c>
     </row>
-    <row r="618" spans="1:7">
-[...87 lines deleted...]
-      <c r="G621">
+    <row r="641" spans="1:7">
+      <c r="A641" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B641" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2402</v>
+      </c>
+      <c r="D641" t="s">
+        <v>10</v>
+      </c>
+      <c r="E641" t="s">
+        <v>11</v>
+      </c>
+      <c r="F641" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="G641" t="s">
+        <v>2404</v>
+      </c>
+    </row>
+    <row r="642" spans="1:7">
+      <c r="A642" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B642" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D642" t="s">
+        <v>10</v>
+      </c>
+      <c r="E642" t="s">
+        <v>11</v>
+      </c>
+      <c r="F642" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="G642" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="643" spans="1:7">
+      <c r="A643" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B643" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2410</v>
+      </c>
+      <c r="D643" t="s">
+        <v>10</v>
+      </c>
+      <c r="E643" t="s">
+        <v>11</v>
+      </c>
+      <c r="F643" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="G643" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="644" spans="1:7">
+      <c r="A644" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B644" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C644" t="s">
+        <v>2414</v>
+      </c>
+      <c r="D644" t="s">
+        <v>10</v>
+      </c>
+      <c r="E644" t="s">
+        <v>11</v>
+      </c>
+      <c r="F644" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="G644">
         <f> “Extingue Cargos do art. 3º, altera a redação do art. 12 e os Coeficientes Segundo a Classe do item I do art. 25 da Lei Nº 1822 do Plano de Carreira dos Servidores do Executivo Municipal de 14 de janeiro de 2014, e dá outras providências.”</f>
         <v>0</v>
       </c>
     </row>
-    <row r="622" spans="1:7">
-[...18 lines deleted...]
-      <c r="G622">
+    <row r="645" spans="1:7">
+      <c r="A645" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B645" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D645" t="s">
+        <v>10</v>
+      </c>
+      <c r="E645" t="s">
+        <v>11</v>
+      </c>
+      <c r="F645" s="1" t="s">
+        <v>2418</v>
+      </c>
+      <c r="G645">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 7.904,04. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="623" spans="1:7">
-[...18 lines deleted...]
-      <c r="G623">
+    <row r="646" spans="1:7">
+      <c r="A646" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B646" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D646" t="s">
+        <v>10</v>
+      </c>
+      <c r="E646" t="s">
+        <v>11</v>
+      </c>
+      <c r="F646" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="G646">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 190.000,00. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="624" spans="1:7">
-[...18 lines deleted...]
-      <c r="G624">
+    <row r="647" spans="1:7">
+      <c r="A647" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B647" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D647" t="s">
+        <v>10</v>
+      </c>
+      <c r="E647" t="s">
+        <v>11</v>
+      </c>
+      <c r="F647" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="G647">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 47.568,79. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="625" spans="1:7">
-[...18 lines deleted...]
-      <c r="G625">
+    <row r="648" spans="1:7">
+      <c r="A648" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B648" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D648" t="s">
+        <v>10</v>
+      </c>
+      <c r="E648" t="s">
+        <v>11</v>
+      </c>
+      <c r="F648" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="G648">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 200.000,00. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="626" spans="1:7">
-      <c r="A626" t="s">
+    <row r="649" spans="1:7">
+      <c r="A649" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B649" t="s">
         <v>2337</v>
       </c>
-      <c r="B626" t="s">
-[...14 lines deleted...]
-      <c r="G626">
+      <c r="C649" t="s">
+        <v>2429</v>
+      </c>
+      <c r="D649" t="s">
+        <v>10</v>
+      </c>
+      <c r="E649" t="s">
+        <v>11</v>
+      </c>
+      <c r="F649" s="1" t="s">
+        <v>2430</v>
+      </c>
+      <c r="G649">
         <f> AUTORIZA O PODER EXECUTIVO A REGULARIZAR A POSSE EXERCIDA SOBRE IMÓVEL URBANO SITUADO NO MUNICÍPIO DE VALE VERDE, MEDIANTE A TRANSFERÊNCIA DE PROPRIEDADE DO MESMO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="627" spans="1:7">
-[...18 lines deleted...]
-      <c r="G627">
+    <row r="650" spans="1:7">
+      <c r="A650" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B650" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D650" t="s">
+        <v>10</v>
+      </c>
+      <c r="E650" t="s">
+        <v>11</v>
+      </c>
+      <c r="F650" s="1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G650">
         <f> DISCIPLINA A REALIZAÇÃO DE EVENTOS PROMOVIDOS PELAS ASSOCIAÇÕES DE CRIADORES DE ANIMAIS DE FORÇA NO MUNICÍPIO DE GENERAL CÂMARA E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="628" spans="1:7">
-[...18 lines deleted...]
-      <c r="G628">
+    <row r="651" spans="1:7">
+      <c r="A651" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B651" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D651" t="s">
+        <v>10</v>
+      </c>
+      <c r="E651" t="s">
+        <v>11</v>
+      </c>
+      <c r="F651" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="G651">
         <f> AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO E DA OUTRAS PROVIDÊNCIAS . =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="629" spans="1:7">
-[...18 lines deleted...]
-      <c r="G629">
+    <row r="652" spans="1:7">
+      <c r="A652" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B652" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C652" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D652" t="s">
+        <v>10</v>
+      </c>
+      <c r="E652" t="s">
+        <v>11</v>
+      </c>
+      <c r="F652" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="G652">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 105.000,00 =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="630" spans="1:7">
-[...18 lines deleted...]
-      <c r="G630">
+    <row r="653" spans="1:7">
+      <c r="A653" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B653" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C653" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D653" t="s">
+        <v>10</v>
+      </c>
+      <c r="E653" t="s">
+        <v>11</v>
+      </c>
+      <c r="F653" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="G653">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 47.228,55. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="631" spans="1:7">
-[...18 lines deleted...]
-      <c r="G631">
+    <row r="654" spans="1:7">
+      <c r="A654" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B654" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C654" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D654" t="s">
+        <v>10</v>
+      </c>
+      <c r="E654" t="s">
+        <v>11</v>
+      </c>
+      <c r="F654" s="1" t="s">
+        <v>2445</v>
+      </c>
+      <c r="G654">
         <f> AUTORIZA O PODER EXECUTIVO A CONTRATA ENGENHEIRO CIVIL EM CARÁTER DE EMERGÊNCIA PARA O ANO DE 2018, POR TEMPO DETERMINANDO E DÁ OUTRAS PROVIDÊNCIAS . =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="632" spans="1:7">
-[...18 lines deleted...]
-      <c r="G632">
+    <row r="655" spans="1:7">
+      <c r="A655" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B655" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D655" t="s">
+        <v>10</v>
+      </c>
+      <c r="E655" t="s">
+        <v>11</v>
+      </c>
+      <c r="F655" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="G655">
         <f> DÁ NOVA REDAÇÃO AO ART. 1° DA LEI MUNICIPAL N° 2094/2018 - " DISPÕE SOBRE O DESCONTO NO IPTU 2018 PARA PAGAMENTO ANTECIPADO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="633" spans="1:7">
-[...18 lines deleted...]
-      <c r="G633">
+    <row r="656" spans="1:7">
+      <c r="A656" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B656" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D656" t="s">
+        <v>10</v>
+      </c>
+      <c r="E656" t="s">
+        <v>11</v>
+      </c>
+      <c r="F656" s="1" t="s">
+        <v>2451</v>
+      </c>
+      <c r="G656">
         <f> REGULAMENTA AS CARREIRAS DE BOIS CANGADO PARA PROVAS DESPORTIVAS E ASSEGURA O BEM- ESTAR DOS ANIMAIS ENVOLVIDOS NO ÂMBITO MUNICIPAL. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="634" spans="1:7">
-[...18 lines deleted...]
-      <c r="G634">
+    <row r="657" spans="1:7">
+      <c r="A657" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B657" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D657" t="s">
+        <v>10</v>
+      </c>
+      <c r="E657" t="s">
+        <v>11</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>2454</v>
+      </c>
+      <c r="G657">
         <f> DECLARA PATRIMÔNIO CULTURAL DE NATUREZA IMATERIAL AS CARREIRA DE BOIS CANGADO NO ÂMBITO MUNICIPAL. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="635" spans="1:7">
-[...18 lines deleted...]
-      <c r="G635">
+    <row r="658" spans="1:7">
+      <c r="A658" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B658" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2456</v>
+      </c>
+      <c r="D658" t="s">
+        <v>10</v>
+      </c>
+      <c r="E658" t="s">
+        <v>11</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>2457</v>
+      </c>
+      <c r="G658">
         <f> CRIA EMPREGOS PÚBLICOS DE AGENTE COMUNITÁRIO DE SAÚDE, AUTORIZA A CONTRATAÇÃO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="636" spans="1:7">
-[...18 lines deleted...]
-      <c r="G636">
+    <row r="659" spans="1:7">
+      <c r="A659" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B659" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D659" t="s">
+        <v>10</v>
+      </c>
+      <c r="E659" t="s">
+        <v>11</v>
+      </c>
+      <c r="F659" s="1" t="s">
+        <v>2460</v>
+      </c>
+      <c r="G659">
         <f> AUTORIZA O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE E FIRMA CONVÊNIO NA ÁREA DE TRANSPORTE ELETIVO SAÚDE COM O MUNICÍPIO DE SÃO JERÔNIMO. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="637" spans="1:7">
-[...18 lines deleted...]
-      <c r="G637">
+    <row r="660" spans="1:7">
+      <c r="A660" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B660" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2462</v>
+      </c>
+      <c r="D660" t="s">
+        <v>10</v>
+      </c>
+      <c r="E660" t="s">
+        <v>11</v>
+      </c>
+      <c r="F660" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="G660">
         <f> CONCEDE REVISÃO GERAL ANUAL DE 4, 00% NO VENCIMENTO BÁSICO DOS SERVIDORES MUNICIPAIS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="638" spans="1:7">
-[...18 lines deleted...]
-      <c r="G638">
+    <row r="661" spans="1:7">
+      <c r="A661" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B661" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D661" t="s">
+        <v>10</v>
+      </c>
+      <c r="E661" t="s">
+        <v>11</v>
+      </c>
+      <c r="F661" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="G661">
         <f> ALTERA O QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DO PODER LEGISLATIVO MUNICIPAL CONSTANTE DO ART. 20, DA LEI N° 1826, DE 16 DE JANEIRO DE 2014, QUE CONSOLIDOU O PLANO DE CARREIRA DOS SERVIDORES MUNICIPAIS DA CÂMARA MUNICIPAL DE VEREADORES DE GENERAL CÂMARA- RS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="639" spans="1:7">
-[...18 lines deleted...]
-      <c r="G639">
+    <row r="662" spans="1:7">
+      <c r="A662" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B662" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D662" t="s">
+        <v>10</v>
+      </c>
+      <c r="E662" t="s">
+        <v>11</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="G662">
         <f> DISPÕE SOBRE O DESCONTO NO IPTU 2018 PARA PAGAMENTO ANTECIPADO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="640" spans="1:7">
-[...18 lines deleted...]
-      <c r="G640">
+    <row r="663" spans="1:7">
+      <c r="A663" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B663" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D663" t="s">
+        <v>10</v>
+      </c>
+      <c r="E663" t="s">
+        <v>11</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="G663">
         <f> DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO, DO ART. 33 DA LEI MUNICIPAL N° 1862/2014 - PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="641" spans="1:7">
-[...18 lines deleted...]
-      <c r="G641">
+    <row r="664" spans="1:7">
+      <c r="A664" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B664" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D664" t="s">
+        <v>10</v>
+      </c>
+      <c r="E664" t="s">
+        <v>11</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="G664">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 170.857,25. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="642" spans="1:7">
-[...18 lines deleted...]
-      <c r="G642">
+    <row r="665" spans="1:7">
+      <c r="A665" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B665" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D665" t="s">
+        <v>10</v>
+      </c>
+      <c r="E665" t="s">
+        <v>11</v>
+      </c>
+      <c r="F665" s="1" t="s">
+        <v>2478</v>
+      </c>
+      <c r="G665">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 191.816,56. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="643" spans="1:7">
-[...18 lines deleted...]
-      <c r="G643">
+    <row r="666" spans="1:7">
+      <c r="A666" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B666" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D666" t="s">
+        <v>10</v>
+      </c>
+      <c r="E666" t="s">
+        <v>11</v>
+      </c>
+      <c r="F666" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="G666">
         <f> DENOMINA "WALDIR INÁCIO DE SOUZA", O CAMPO DE FUTEBOL SETE AO LADO DO GINÁSIO MUNICIPAL DE ESPORTES, TANCREDO PEREIRA MENDES, NA CIODADE DE GENERAL CÂMARA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="644" spans="1:7">
-[...18 lines deleted...]
-      <c r="G644">
+    <row r="667" spans="1:7">
+      <c r="A667" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B667" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C667" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D667" t="s">
+        <v>10</v>
+      </c>
+      <c r="E667" t="s">
+        <v>11</v>
+      </c>
+      <c r="F667" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="G667">
         <f> " INCLUI A ALÍNEA "A", NO INCISO III, DO ART. 25, DA LEI N° 1.826, DE 16 DE JANEIRO DE 2014, QUE CONSOLIDOU O PLANO DE CARREIRA DOS SERVIDORES MUNICIPAIS DE CÂMARA MUNICIPAL DE VEREADORES DE GENERAL CÂMARA - RS". =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="645" spans="1:7">
-[...18 lines deleted...]
-      <c r="G645">
+    <row r="668" spans="1:7">
+      <c r="A668" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B668" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D668" t="s">
+        <v>10</v>
+      </c>
+      <c r="E668" t="s">
+        <v>11</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>2487</v>
+      </c>
+      <c r="G668">
         <f> AUTORIZA O PODER EXECUTIVO A CONTRATAR ATENDENTE DE ESCOLA EM CARÁTER DE EMERGÊNCIA PARA O ANO LETIVO DE 2018, POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="646" spans="1:7">
-[...18 lines deleted...]
-      <c r="G646">
+    <row r="669" spans="1:7">
+      <c r="A669" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B669" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D669" t="s">
+        <v>10</v>
+      </c>
+      <c r="E669" t="s">
+        <v>11</v>
+      </c>
+      <c r="F669" s="1" t="s">
+        <v>2490</v>
+      </c>
+      <c r="G669">
         <f> REVOGA A LEI N° 1531/2010 QUE AUTORIZA O MUNICÍPIO DE GENERAL CÂMARA A INTEGRAR A ASSOCIAÇÃO DE TURISMO DA REGIÃO DO VALE DO RIO PARDO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="647" spans="1:7">
-[...41 lines deleted...]
-      <c r="G648">
+    <row r="670" spans="1:7">
+      <c r="A670" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B670" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D670" t="s">
+        <v>10</v>
+      </c>
+      <c r="E670" t="s">
+        <v>11</v>
+      </c>
+      <c r="F670" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="G670" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="671" spans="1:7">
+      <c r="A671" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B671" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2496</v>
+      </c>
+      <c r="D671" t="s">
+        <v>10</v>
+      </c>
+      <c r="E671" t="s">
+        <v>11</v>
+      </c>
+      <c r="F671" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="G671">
         <f> CRIA A PROCURADORIA ESPECIAL DA MULHER NO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="649" spans="1:7">
-[...18 lines deleted...]
-      <c r="G649">
+    <row r="672" spans="1:7">
+      <c r="A672" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B672" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2499</v>
+      </c>
+      <c r="D672" t="s">
+        <v>10</v>
+      </c>
+      <c r="E672" t="s">
+        <v>11</v>
+      </c>
+      <c r="F672" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="G672">
         <f> DISPÕE SOBRE OS PROCEDIMENTOS PARA PARCELAMENTO DE CRÉDITO TRIBUTÁRIO OU NÃO TRIBUTÁRIO, INSCRITO EM DÍVIDA ATIVA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="650" spans="1:7">
-[...18 lines deleted...]
-      <c r="G650">
+    <row r="673" spans="1:7">
+      <c r="A673" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B673" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C673" t="s">
+        <v>2502</v>
+      </c>
+      <c r="D673" t="s">
+        <v>10</v>
+      </c>
+      <c r="E673" t="s">
+        <v>11</v>
+      </c>
+      <c r="F673" s="1" t="s">
+        <v>2503</v>
+      </c>
+      <c r="G673">
         <f> DISPÕE SOBRE O PROGRAMA " EM DIA COM GENERAL CÂMARA ", E DÁ OUTRAS PROVIDENCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="651" spans="1:7">
-[...18 lines deleted...]
-      <c r="G651">
+    <row r="674" spans="1:7">
+      <c r="A674" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B674" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C674" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D674" t="s">
+        <v>10</v>
+      </c>
+      <c r="E674" t="s">
+        <v>11</v>
+      </c>
+      <c r="F674" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="G674">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 181.803,95. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="652" spans="1:7">
-[...18 lines deleted...]
-      <c r="G652">
+    <row r="675" spans="1:7">
+      <c r="A675" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B675" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C675" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D675" t="s">
+        <v>10</v>
+      </c>
+      <c r="E675" t="s">
+        <v>11</v>
+      </c>
+      <c r="F675" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="G675">
         <f> CRIA O DIÁRIO OFICIAL ELETRÔNICO DO MUNICÍPIO DE GENERAL CÂMARA E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="653" spans="1:7">
-[...18 lines deleted...]
-      <c r="G653">
+    <row r="676" spans="1:7">
+      <c r="A676" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B676" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C676" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D676" t="s">
+        <v>10</v>
+      </c>
+      <c r="E676" t="s">
+        <v>11</v>
+      </c>
+      <c r="F676" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G676">
         <f> AUTORIZA O MUNICÍPIO A REALIZAR TERMO DE CONCESSÃO DE USO DE BENS MOVEIS Á ASSOCIAÇÃO DOS PRODUTORES E PRODUTORAS RURAIS DO RINCÃO. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="654" spans="1:7">
-[...18 lines deleted...]
-      <c r="G654">
+    <row r="677" spans="1:7">
+      <c r="A677" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B677" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C677" t="s">
+        <v>2514</v>
+      </c>
+      <c r="D677" t="s">
+        <v>10</v>
+      </c>
+      <c r="E677" t="s">
+        <v>11</v>
+      </c>
+      <c r="F677" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="G677">
         <f> AUTORIZA O MUNICÍPIO A REALIZAR TERMO DE CONCESSÃO DE USO DE BENS MOVEIS Á ASSOCIAÇÃO DOS PRODUTORES DE LEITE CAMARENSE - APROLEIC. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="655" spans="1:7">
-[...18 lines deleted...]
-      <c r="G655">
+    <row r="678" spans="1:7">
+      <c r="A678" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B678" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C678" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D678" t="s">
+        <v>10</v>
+      </c>
+      <c r="E678" t="s">
+        <v>11</v>
+      </c>
+      <c r="F678" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="G678">
         <f> ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE GENERAL CÂMARA PARA O EXERCÍCIO FINANCEIRO DE 2018 =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="656" spans="1:7">
-[...18 lines deleted...]
-      <c r="G656">
+    <row r="679" spans="1:7">
+      <c r="A679" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B679" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C679" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D679" t="s">
+        <v>10</v>
+      </c>
+      <c r="E679" t="s">
+        <v>11</v>
+      </c>
+      <c r="F679" s="1" t="s">
+        <v>2521</v>
+      </c>
+      <c r="G679">
         <f> DENOMINA PROFESSORA ALICE DE OLIVEIRA PEREIRA, SALA DE LEITURA DA LOCALIDADE DO BOQUEIRÃO =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="657" spans="1:7">
-[...18 lines deleted...]
-      <c r="G657">
+    <row r="680" spans="1:7">
+      <c r="A680" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B680" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C680" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D680" t="s">
+        <v>10</v>
+      </c>
+      <c r="E680" t="s">
+        <v>11</v>
+      </c>
+      <c r="F680" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="G680">
         <f> DENOMINA PAULO JOSÉ GARCIA SOARES, ACADEMIA DE SAÚDE AO AR LIVRE E PRAÇA NA LOCALIDADE DO BOQUEIRÃO =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="658" spans="1:7">
-[...18 lines deleted...]
-      <c r="G658">
+    <row r="681" spans="1:7">
+      <c r="A681" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B681" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C681" t="s">
+        <v>2526</v>
+      </c>
+      <c r="D681" t="s">
+        <v>10</v>
+      </c>
+      <c r="E681" t="s">
+        <v>11</v>
+      </c>
+      <c r="F681" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="G681">
         <f> DISPÕE SOBRE DESCONTO NO IPTU 2018 PARA PAGAMENTO ANTECIPADO E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="659" spans="1:7">
-[...18 lines deleted...]
-      <c r="G659">
+    <row r="682" spans="1:7">
+      <c r="A682" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B682" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C682" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D682" t="s">
+        <v>10</v>
+      </c>
+      <c r="E682" t="s">
+        <v>11</v>
+      </c>
+      <c r="F682" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="G682">
         <f> AUTORIZA O EXECUTIVO A CONTRATAR PROFESSORES EM CARÁTER DE EMERGÊNCIA PARA O ANO LETIVO DE 2018, POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="660" spans="1:7">
-[...18 lines deleted...]
-      <c r="G660">
+    <row r="683" spans="1:7">
+      <c r="A683" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B683" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C683" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D683" t="s">
+        <v>10</v>
+      </c>
+      <c r="E683" t="s">
+        <v>11</v>
+      </c>
+      <c r="F683" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="G683">
         <f> AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="661" spans="1:7">
-[...18 lines deleted...]
-      <c r="G661">
+    <row r="684" spans="1:7">
+      <c r="A684" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B684" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C684" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D684" t="s">
+        <v>10</v>
+      </c>
+      <c r="E684" t="s">
+        <v>11</v>
+      </c>
+      <c r="F684" s="1" t="s">
+        <v>2537</v>
+      </c>
+      <c r="G684">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 104.400,00 =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="662" spans="1:7">
-[...41 lines deleted...]
-      <c r="G663">
+    <row r="685" spans="1:7">
+      <c r="A685" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B685" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C685" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D685" t="s">
+        <v>10</v>
+      </c>
+      <c r="E685" t="s">
+        <v>11</v>
+      </c>
+      <c r="F685" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G685" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="686" spans="1:7">
+      <c r="A686" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B686" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D686" t="s">
+        <v>10</v>
+      </c>
+      <c r="E686" t="s">
+        <v>11</v>
+      </c>
+      <c r="F686" s="1" t="s">
+        <v>2544</v>
+      </c>
+      <c r="G686">
         <f> REVOGA A LEI Nº 1123/2004 E DÁ NOVA REDAÇÃO AO CAPÍTULO II DO TÍTULO II DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO, ESTABELECIDO PELA LEI Nº 230/90 E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="664" spans="1:7">
-[...18 lines deleted...]
-      <c r="G664">
+    <row r="687" spans="1:7">
+      <c r="A687" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B687" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C687" t="s">
+        <v>2546</v>
+      </c>
+      <c r="D687" t="s">
+        <v>10</v>
+      </c>
+      <c r="E687" t="s">
+        <v>11</v>
+      </c>
+      <c r="F687" s="1" t="s">
+        <v>2547</v>
+      </c>
+      <c r="G687">
         <f> ALTERA A LEI MUNICIPAL 1.822/2014 - PLANO DE CARREIRA DOS SERVIDORES DO EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="665" spans="1:7">
-[...18 lines deleted...]
-      <c r="G665">
+    <row r="688" spans="1:7">
+      <c r="A688" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B688" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C688" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D688" t="s">
+        <v>10</v>
+      </c>
+      <c r="E688" t="s">
+        <v>11</v>
+      </c>
+      <c r="F688" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="G688">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 15.000,00 =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="666" spans="1:7">
-[...18 lines deleted...]
-      <c r="G666">
+    <row r="689" spans="1:7">
+      <c r="A689" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B689" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C689" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D689" t="s">
+        <v>10</v>
+      </c>
+      <c r="E689" t="s">
+        <v>11</v>
+      </c>
+      <c r="F689" s="1" t="s">
+        <v>2553</v>
+      </c>
+      <c r="G689">
         <f> INSTITUI A CAMPANHA "OUTUBRO ROSA" DEDICADO ÁS AÇÕES PREVENTIVAS Á INTEGRIDADE DA SAÚDE DA MULHER, INCLUI O EVENTO NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE GENERAL CÂMARA E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="667" spans="1:7">
-[...18 lines deleted...]
-      <c r="G667">
+    <row r="690" spans="1:7">
+      <c r="A690" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B690" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C690" t="s">
+        <v>2555</v>
+      </c>
+      <c r="D690" t="s">
+        <v>10</v>
+      </c>
+      <c r="E690" t="s">
+        <v>11</v>
+      </c>
+      <c r="F690" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="G690">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 3.000,00. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="668" spans="1:7">
-[...18 lines deleted...]
-      <c r="G668">
+    <row r="691" spans="1:7">
+      <c r="A691" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B691" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C691" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D691" t="s">
+        <v>10</v>
+      </c>
+      <c r="E691" t="s">
+        <v>11</v>
+      </c>
+      <c r="F691" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="G691">
         <f> ALTERA A LEI MUNICIPAL 1.862/2014 - PLANO DE CARREIRA DO MAGISTÉRIO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="669" spans="1:7">
-[...18 lines deleted...]
-      <c r="G669">
+    <row r="692" spans="1:7">
+      <c r="A692" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B692" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C692" t="s">
+        <v>2561</v>
+      </c>
+      <c r="D692" t="s">
+        <v>10</v>
+      </c>
+      <c r="E692" t="s">
+        <v>11</v>
+      </c>
+      <c r="F692" s="1" t="s">
+        <v>2562</v>
+      </c>
+      <c r="G692">
         <f> REVOGA A LEI MUNICIPAL 025/1972. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="670" spans="1:7">
-[...18 lines deleted...]
-      <c r="G670">
+    <row r="693" spans="1:7">
+      <c r="A693" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B693" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C693" t="s">
+        <v>2564</v>
+      </c>
+      <c r="D693" t="s">
+        <v>10</v>
+      </c>
+      <c r="E693" t="s">
+        <v>11</v>
+      </c>
+      <c r="F693" s="1" t="s">
+        <v>2565</v>
+      </c>
+      <c r="G693">
         <f> INSTITUI A CAMPANHA DO IPVA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="671" spans="1:7">
-[...18 lines deleted...]
-      <c r="G671">
+    <row r="694" spans="1:7">
+      <c r="A694" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B694" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C694" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D694" t="s">
+        <v>10</v>
+      </c>
+      <c r="E694" t="s">
+        <v>11</v>
+      </c>
+      <c r="F694" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="G694">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 108.500,00. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="672" spans="1:7">
-[...18 lines deleted...]
-      <c r="G672">
+    <row r="695" spans="1:7">
+      <c r="A695" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B695" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D695" t="s">
+        <v>10</v>
+      </c>
+      <c r="E695" t="s">
+        <v>11</v>
+      </c>
+      <c r="F695" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="G695">
         <f> ALTERA A LEI 681/97, QUE CRIA O CONCELHO MUNICIPAL DE EDUCAÇÃO EM SUA INTEGRALIDADE E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="673" spans="1:7">
-[...18 lines deleted...]
-      <c r="G673">
+    <row r="696" spans="1:7">
+      <c r="A696" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B696" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2573</v>
+      </c>
+      <c r="D696" t="s">
+        <v>10</v>
+      </c>
+      <c r="E696" t="s">
+        <v>11</v>
+      </c>
+      <c r="F696" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="G696">
         <f> REVOGA DISPOSIÇÕES DA LEI 1.305/2007 - PLANO DIRETO MUNICIPAL. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="674" spans="1:7">
-[...18 lines deleted...]
-      <c r="G674">
+    <row r="697" spans="1:7">
+      <c r="A697" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B697" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D697" t="s">
+        <v>10</v>
+      </c>
+      <c r="E697" t="s">
+        <v>11</v>
+      </c>
+      <c r="F697" s="1" t="s">
+        <v>2577</v>
+      </c>
+      <c r="G697">
         <f> INSTITUI O PROGRAMA MUNICIPAL DE PREMIAÇÃO A CONSUMIDORES, MEDIANTE A UTILIZAÇÃO DA PLATAFORMA NOTAL FISCAL GAÚCHA DO ESTADO DO RIO GRANDE DO SUL E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="675" spans="1:7">
-[...18 lines deleted...]
-      <c r="G675">
+    <row r="698" spans="1:7">
+      <c r="A698" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B698" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C698" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D698" t="s">
+        <v>10</v>
+      </c>
+      <c r="E698" t="s">
+        <v>11</v>
+      </c>
+      <c r="F698" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="G698">
         <f> DISPÕE SOBRE CONTROLE DAS POPULAÇÕES DE ANIMAIS DOMÉSTICOS, SOBRE NORMAS DE PREVENÇÃO E CONTROLE DE ZOONOSES, DO BEM-ESTAR ANIMAL E DÁ OUTRAS PROVIDÊNCIAS.</f>
         <v>0</v>
       </c>
     </row>
-    <row r="676" spans="1:7">
-[...18 lines deleted...]
-      <c r="G676">
+    <row r="699" spans="1:7">
+      <c r="A699" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B699" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C699" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D699" t="s">
+        <v>10</v>
+      </c>
+      <c r="E699" t="s">
+        <v>11</v>
+      </c>
+      <c r="F699" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="G699">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 145.400,00. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="677" spans="1:7">
-[...18 lines deleted...]
-      <c r="G677">
+    <row r="700" spans="1:7">
+      <c r="A700" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B700" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C700" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D700" t="s">
+        <v>10</v>
+      </c>
+      <c r="E700" t="s">
+        <v>11</v>
+      </c>
+      <c r="F700" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G700">
         <f> DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2018 - 2021. = OBS: OS ANEXOS DESTA LEI ENCONTRA-SE NA ABA PUBLICAÇÕES OFICIAIS (PPA).</f>
         <v>0</v>
       </c>
     </row>
-    <row r="678" spans="1:7">
-[...18 lines deleted...]
-      <c r="G678">
+    <row r="701" spans="1:7">
+      <c r="A701" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B701" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C701" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D701" t="s">
+        <v>10</v>
+      </c>
+      <c r="E701" t="s">
+        <v>11</v>
+      </c>
+      <c r="F701" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="G701">
         <f> INSTITUI O FÓRUM MUNICIPAL DE EDUCAÇÃO FME DO MUNICÍPIO DE GENERAL CÂMARA E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="679" spans="1:7">
-[...18 lines deleted...]
-      <c r="G679">
+    <row r="702" spans="1:7">
+      <c r="A702" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B702" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C702" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D702" t="s">
+        <v>10</v>
+      </c>
+      <c r="E702" t="s">
+        <v>11</v>
+      </c>
+      <c r="F702" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="G702">
         <f> AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA AGRICULTURA FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="680" spans="1:7">
-[...18 lines deleted...]
-      <c r="G680">
+    <row r="703" spans="1:7">
+      <c r="A703" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B703" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C703" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D703" t="s">
+        <v>10</v>
+      </c>
+      <c r="E703" t="s">
+        <v>11</v>
+      </c>
+      <c r="F703" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="G703">
         <f> AUTORIZA CESSÃO DE USO DE BEM IMÓVEL PARA A UCEAD - UNIDADE CAMARENSE DE EDUCAÇÃO A DISTÂNCIA LTDA. E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="681" spans="1:7">
-[...18 lines deleted...]
-      <c r="G681">
+    <row r="704" spans="1:7">
+      <c r="A704" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B704" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C704" t="s">
+        <v>2597</v>
+      </c>
+      <c r="D704" t="s">
+        <v>10</v>
+      </c>
+      <c r="E704" t="s">
+        <v>11</v>
+      </c>
+      <c r="F704" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="G704">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 2.400,00. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="682" spans="1:7">
-[...18 lines deleted...]
-      <c r="G682">
+    <row r="705" spans="1:7">
+      <c r="A705" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B705" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C705" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D705" t="s">
+        <v>10</v>
+      </c>
+      <c r="E705" t="s">
+        <v>11</v>
+      </c>
+      <c r="F705" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="G705">
         <f> ALTERA O ART. 192 E 193 DA LEI N° 231/90 (CÓDIGO DE POSTURAS NO MUNICÍPIO). =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="683" spans="1:7">
-[...18 lines deleted...]
-      <c r="G683">
+    <row r="706" spans="1:7">
+      <c r="A706" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B706" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C706" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D706" t="s">
+        <v>10</v>
+      </c>
+      <c r="E706" t="s">
+        <v>11</v>
+      </c>
+      <c r="F706" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="G706">
         <f> AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICA E DÁ OUTRAS PROVIDÊNCIA. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="684" spans="1:7">
-[...87 lines deleted...]
-      <c r="G687">
+    <row r="707" spans="1:7">
+      <c r="A707" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B707" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C707" t="s">
+        <v>2606</v>
+      </c>
+      <c r="D707" t="s">
+        <v>10</v>
+      </c>
+      <c r="E707" t="s">
+        <v>11</v>
+      </c>
+      <c r="F707" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="G707" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="708" spans="1:7">
+      <c r="A708" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B708" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C708" t="s">
+        <v>2610</v>
+      </c>
+      <c r="D708" t="s">
+        <v>10</v>
+      </c>
+      <c r="E708" t="s">
+        <v>11</v>
+      </c>
+      <c r="F708" s="1" t="s">
+        <v>2611</v>
+      </c>
+      <c r="G708" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="709" spans="1:7">
+      <c r="A709" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B709" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C709" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D709" t="s">
+        <v>10</v>
+      </c>
+      <c r="E709" t="s">
+        <v>11</v>
+      </c>
+      <c r="F709" s="1" t="s">
+        <v>2615</v>
+      </c>
+      <c r="G709" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="710" spans="1:7">
+      <c r="A710" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B710" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C710" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D710" t="s">
+        <v>10</v>
+      </c>
+      <c r="E710" t="s">
+        <v>11</v>
+      </c>
+      <c r="F710" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="G710">
         <f> AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O DAER - DEPARTAMENTO AUTÔNOMO DE ESTRADAS DE RODAGEM E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="688" spans="1:7">
-[...41 lines deleted...]
-      <c r="G689" t="s">
+    <row r="711" spans="1:7">
+      <c r="A711" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B711" t="s">
         <v>2535</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G690">
+      <c r="C711" t="s">
+        <v>2621</v>
+      </c>
+      <c r="D711" t="s">
+        <v>10</v>
+      </c>
+      <c r="E711" t="s">
+        <v>11</v>
+      </c>
+      <c r="F711" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="G711" t="s">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="712" spans="1:7">
+      <c r="A712" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B712" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C712" t="s">
+        <v>2624</v>
+      </c>
+      <c r="D712" t="s">
+        <v>10</v>
+      </c>
+      <c r="E712" t="s">
+        <v>11</v>
+      </c>
+      <c r="F712" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="G712" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="713" spans="1:7">
+      <c r="A713" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B713" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C713" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D713" t="s">
+        <v>10</v>
+      </c>
+      <c r="E713" t="s">
+        <v>11</v>
+      </c>
+      <c r="F713" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="G713">
         <f> ESTABELECE A OBRIGATORIEDADE DE APRESENTAÇÃO DE CANTORES, INSTRUMENTISTAS, BANDAS OU CONJUNTOS MUSICAIS LOCAIS NA ABERTURA DOS SHOWS OU EVENTOS FINANCIADOS POR RECURSOS PÚBLICOS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="691" spans="1:7">
-[...87 lines deleted...]
-      <c r="G694">
+    <row r="714" spans="1:7">
+      <c r="A714" t="s">
+        <v>679</v>
+      </c>
+      <c r="B714" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C714" t="s">
+        <v>2629</v>
+      </c>
+      <c r="D714" t="s">
+        <v>10</v>
+      </c>
+      <c r="E714" t="s">
+        <v>11</v>
+      </c>
+      <c r="F714" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="G714" t="s">
+        <v>2631</v>
+      </c>
+    </row>
+    <row r="715" spans="1:7">
+      <c r="A715" t="s">
+        <v>697</v>
+      </c>
+      <c r="B715" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C715" t="s">
+        <v>2632</v>
+      </c>
+      <c r="D715" t="s">
+        <v>10</v>
+      </c>
+      <c r="E715" t="s">
+        <v>11</v>
+      </c>
+      <c r="F715" s="1" t="s">
+        <v>2633</v>
+      </c>
+      <c r="G715" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="716" spans="1:7">
+      <c r="A716" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B716" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C716" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D716" t="s">
+        <v>10</v>
+      </c>
+      <c r="E716" t="s">
+        <v>11</v>
+      </c>
+      <c r="F716" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="G716" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="717" spans="1:7">
+      <c r="A717" t="s">
+        <v>712</v>
+      </c>
+      <c r="B717" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C717" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D717" t="s">
+        <v>10</v>
+      </c>
+      <c r="E717" t="s">
+        <v>11</v>
+      </c>
+      <c r="F717" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="G717">
         <f> INSTITUI O VALOR DA OUTORGA PELA CONCESSÃO DO SERVIÇO PÚBLICO DE TRAVESSIA FLUVIAL ENTRE GENERAL CÂMARA E TRIUNFO =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="695" spans="1:7">
-[...18 lines deleted...]
-      <c r="G695">
+    <row r="718" spans="1:7">
+      <c r="A718" t="s">
+        <v>748</v>
+      </c>
+      <c r="B718" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C718" t="s">
+        <v>2641</v>
+      </c>
+      <c r="D718" t="s">
+        <v>10</v>
+      </c>
+      <c r="E718" t="s">
+        <v>11</v>
+      </c>
+      <c r="F718" s="1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="G718">
         <f> ALTERA O QUADRO DO ART. 25, I, DA LEI Nº 1826, DE 16 DE JANEIRO DE 2014, QUE CONSOLIDOU O PLANO DE CARREIRA DOS SERVIDORES MUNICIPAIS DA CÂMARA DE VEREADORES DE GENERAL CÂMARA - RS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="696" spans="1:7">
-[...18 lines deleted...]
-      <c r="G696">
+    <row r="719" spans="1:7">
+      <c r="A719" t="s">
+        <v>755</v>
+      </c>
+      <c r="B719" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C719" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D719" t="s">
+        <v>10</v>
+      </c>
+      <c r="E719" t="s">
+        <v>11</v>
+      </c>
+      <c r="F719" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="G719">
         <f> CONCEDE REVISÃO ANUAL DE 6,968% NO VENCIMENTO BÁSICO DOS SERVIDORES MUNICIPAIS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="697" spans="1:7">
-[...18 lines deleted...]
-      <c r="G697">
+    <row r="720" spans="1:7">
+      <c r="A720" t="s">
+        <v>759</v>
+      </c>
+      <c r="B720" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C720" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D720" t="s">
+        <v>10</v>
+      </c>
+      <c r="E720" t="s">
+        <v>11</v>
+      </c>
+      <c r="F720" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="G720">
         <f> AUTORIZA O PODER EXECUTIVO A CONTRATAR PROFESSOR E ATENDENTE EM CARÁTER DE EMERGÊNCIA PARA O ANO LETIVO DE 2017, POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="698" spans="1:7">
-[...18 lines deleted...]
-      <c r="G698">
+    <row r="721" spans="1:7">
+      <c r="A721" t="s">
+        <v>762</v>
+      </c>
+      <c r="B721" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C721" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D721" t="s">
+        <v>10</v>
+      </c>
+      <c r="E721" t="s">
+        <v>11</v>
+      </c>
+      <c r="F721" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="G721">
         <f> AUTORIZA A COLOCAÇÃO COMERCIAL NO GINÁSIO MUNICIPAL DE ESPORTES TANCREDO PEREIRA MENDES. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="699" spans="1:7">
-[...18 lines deleted...]
-      <c r="G699">
+    <row r="722" spans="1:7">
+      <c r="A722" t="s">
+        <v>765</v>
+      </c>
+      <c r="B722" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C722" t="s">
+        <v>2649</v>
+      </c>
+      <c r="D722" t="s">
+        <v>10</v>
+      </c>
+      <c r="E722" t="s">
+        <v>11</v>
+      </c>
+      <c r="F722" s="1" t="s">
+        <v>2650</v>
+      </c>
+      <c r="G722">
         <f> AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO FINANCEIRO ADICIONAL AOS AGENTES COMUNITÁRIOS DE SAÚDE DA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="700" spans="1:7">
-[...18 lines deleted...]
-      <c r="G700">
+    <row r="723" spans="1:7">
+      <c r="A723" t="s">
+        <v>768</v>
+      </c>
+      <c r="B723" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C723" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D723" t="s">
+        <v>10</v>
+      </c>
+      <c r="E723" t="s">
+        <v>11</v>
+      </c>
+      <c r="F723" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="G723">
         <f> AUTORIZA O MUNICÍPIO A FIRMAR TERMO DE PARCERIA COM A ONG ASSOCIAÇÃO CULTURAL E ESPORTIVA SUL AMÉRICA - ACESA =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="701" spans="1:7">
-[...18 lines deleted...]
-      <c r="G701">
+    <row r="724" spans="1:7">
+      <c r="A724" t="s">
+        <v>771</v>
+      </c>
+      <c r="B724" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C724" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D724" t="s">
+        <v>10</v>
+      </c>
+      <c r="E724" t="s">
+        <v>11</v>
+      </c>
+      <c r="F724" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="G724">
         <f> AUTORIZA ABERTURA DE CRÉDITO SUPLEMENTAR, SUPERÁVIT FINANCEIRO PMAQ NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="702" spans="1:7">
-[...18 lines deleted...]
-      <c r="G702">
+    <row r="725" spans="1:7">
+      <c r="A725" t="s">
+        <v>774</v>
+      </c>
+      <c r="B725" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C725" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D725" t="s">
+        <v>10</v>
+      </c>
+      <c r="E725" t="s">
+        <v>11</v>
+      </c>
+      <c r="F725" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="G725">
         <f> AUTORIZA ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 79.592,88, REFERENTE AOS RECURSOS SUPERÁVIT FINANCEIRO DA SAÚDE ANO 2016 E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="703" spans="1:7">
-[...18 lines deleted...]
-      <c r="G703">
+    <row r="726" spans="1:7">
+      <c r="A726" t="s">
+        <v>777</v>
+      </c>
+      <c r="B726" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C726" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D726" t="s">
+        <v>10</v>
+      </c>
+      <c r="E726" t="s">
+        <v>11</v>
+      </c>
+      <c r="F726" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="G726">
         <f> ALTERA O QUADRO DO ART. 3º E ANEXO I DA LEI MUNICIPAL N] 1.822/2014 E DA OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="704" spans="1:7">
-[...18 lines deleted...]
-      <c r="G704">
+    <row r="727" spans="1:7">
+      <c r="A727" t="s">
+        <v>868</v>
+      </c>
+      <c r="B727" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C727" t="s">
+        <v>2659</v>
+      </c>
+      <c r="D727" t="s">
+        <v>10</v>
+      </c>
+      <c r="E727" t="s">
+        <v>11</v>
+      </c>
+      <c r="F727" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="G727">
         <f> ALTERA O PARÁGRAFO ÚNICO DO ART. 12º DA LEI MUNICIPAL Nº. 1963/2015 DE 23 DE DEZEMBRO DE 2015. =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="705" spans="1:7">
-[...18 lines deleted...]
-      <c r="G705">
+    <row r="728" spans="1:7">
+      <c r="A728" t="s">
+        <v>872</v>
+      </c>
+      <c r="B728" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C728" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D728" t="s">
+        <v>10</v>
+      </c>
+      <c r="E728" t="s">
+        <v>11</v>
+      </c>
+      <c r="F728" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="G728">
         <f> DENOMINA RUA ALFREDO SANTAREM DELLA NINA, VIA LOCALIZADA NO BALNEÁRIO DA CACHOEIRINHA, NA CIDADE DE GENERAL CÂMARA =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="706" spans="1:7">
-[...18 lines deleted...]
-      <c r="G706">
+    <row r="729" spans="1:7">
+      <c r="A729" t="s">
+        <v>920</v>
+      </c>
+      <c r="B729" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C729" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D729" t="s">
+        <v>10</v>
+      </c>
+      <c r="E729" t="s">
+        <v>11</v>
+      </c>
+      <c r="F729" s="1" t="s">
+        <v>2664</v>
+      </c>
+      <c r="G729">
         <f> DENOMINA RUA JOÃO PEREIRA BAPTISTA, VIA LOCALIZADA NO BALNEÁRIO DA CACHOEIRINHA, NA CIDADE DE GENERAL CÂMARA =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="707" spans="1:7">
-[...6 lines deleted...]
-      <c r="C707" t="s">
+    <row r="730" spans="1:7">
+      <c r="A730" t="s">
+        <v>924</v>
+      </c>
+      <c r="B730" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C730" t="s">
         <v>8</v>
       </c>
-      <c r="D707" t="s">
-[...8 lines deleted...]
-      <c r="G707">
+      <c r="D730" t="s">
+        <v>10</v>
+      </c>
+      <c r="E730" t="s">
+        <v>11</v>
+      </c>
+      <c r="F730" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="G730">
         <f> DENOMINA RUA PEDRO JOSÉ RASQUINHA, VIA LOCALIZADA NO BALNEÁRIO DA CACHOEIRINHA, NA CIDADE DE GENERAL CÂMARA =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="708" spans="1:7">
-[...18 lines deleted...]
-      <c r="G708">
+    <row r="731" spans="1:7">
+      <c r="A731" t="s">
+        <v>965</v>
+      </c>
+      <c r="B731" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C731" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D731" t="s">
+        <v>10</v>
+      </c>
+      <c r="E731" t="s">
+        <v>11</v>
+      </c>
+      <c r="F731" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="G731">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL PARA A ALOCAÇÃO DOS RECURSOS PMAQ (PROGRAMA DE MELHORIA DE ACESSO E QUALIDADE DA ATENÇÃO BÁSICA) NO VALOR R$ 61.200,00 NO ORÇAMENTO DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="709" spans="1:7">
-[...18 lines deleted...]
-      <c r="G709">
+    <row r="732" spans="1:7">
+      <c r="A732" t="s">
+        <v>968</v>
+      </c>
+      <c r="B732" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C732" t="s">
+        <v>266</v>
+      </c>
+      <c r="D732" t="s">
+        <v>10</v>
+      </c>
+      <c r="E732" t="s">
+        <v>11</v>
+      </c>
+      <c r="F732" s="1" t="s">
+        <v>2667</v>
+      </c>
+      <c r="G732">
         <f> EXTINGUE-SE CARGO DE DIRETOR GERAL PREVISTO NO ARTIGO 20 DO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DA LEI Nº 1826 DE 16 DE JANEIRO DE 2014 =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="710" spans="1:7">
-[...18 lines deleted...]
-      <c r="G710">
+    <row r="733" spans="1:7">
+      <c r="A733" t="s">
+        <v>971</v>
+      </c>
+      <c r="B733" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C733" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D733" t="s">
+        <v>10</v>
+      </c>
+      <c r="E733" t="s">
+        <v>11</v>
+      </c>
+      <c r="F733" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="G733">
         <f> DISPÕE SOBRE A UTILIZAÇÃO DO CAMPING DA CACHOEIRINHA E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="711" spans="1:7">
-[...18 lines deleted...]
-      <c r="G711">
+    <row r="734" spans="1:7">
+      <c r="A734" t="s">
+        <v>974</v>
+      </c>
+      <c r="B734" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C734" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D734" t="s">
+        <v>10</v>
+      </c>
+      <c r="E734" t="s">
+        <v>11</v>
+      </c>
+      <c r="F734" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="G734">
         <f> AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL NO VALOR DE R$ 844.543,94 =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="712" spans="1:7">
-[...18 lines deleted...]
-      <c r="G712">
+    <row r="735" spans="1:7">
+      <c r="A735" t="s">
+        <v>742</v>
+      </c>
+      <c r="B735" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C735" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D735" t="s">
+        <v>10</v>
+      </c>
+      <c r="E735" t="s">
+        <v>11</v>
+      </c>
+      <c r="F735" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="G735">
         <f> AUTORIZA A CONCESSÃO DE USO DE BEM MÓVEL E CONCESSÃO DE SERVIÇO PÚBLICO POR TEMPO DETERMINADO VISANDO A TRAVESSIA GENERAL CÂMARA x TRIUNFO E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="713" spans="1:7">
-[...18 lines deleted...]
-      <c r="G713">
+    <row r="736" spans="1:7">
+      <c r="A736" t="s">
+        <v>848</v>
+      </c>
+      <c r="B736" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D736" t="s">
+        <v>10</v>
+      </c>
+      <c r="E736" t="s">
+        <v>11</v>
+      </c>
+      <c r="F736" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="G736">
         <f> AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR NO VALOR DE R$ 200.000,00 =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="714" spans="1:7">
-[...18 lines deleted...]
-      <c r="G714">
+    <row r="737" spans="1:7">
+      <c r="A737" t="s">
+        <v>916</v>
+      </c>
+      <c r="B737" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D737" t="s">
+        <v>10</v>
+      </c>
+      <c r="E737" t="s">
+        <v>11</v>
+      </c>
+      <c r="F737" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="G737">
         <f> AUTORIZA O PODER EXECUTIVO A CONTRATAR PROFESSORES EM CARÁTER DE EMERGÊNCIA PARA O ANO LETIVO DE 2017, POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS</f>
         <v>0</v>
       </c>
     </row>
-    <row r="715" spans="1:7">
-[...18 lines deleted...]
-      <c r="G715">
+    <row r="738" spans="1:7">
+      <c r="A738" t="s">
+        <v>983</v>
+      </c>
+      <c r="B738" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D738" t="s">
+        <v>10</v>
+      </c>
+      <c r="E738" t="s">
+        <v>11</v>
+      </c>
+      <c r="F738" s="1" t="s">
+        <v>2674</v>
+      </c>
+      <c r="G738">
         <f> AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO CAMARENSE DE PROTEÇÃO AOS ANIMAIS E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="716" spans="1:7">
-[...202 lines deleted...]
-      <c r="G724">
+    <row r="739" spans="1:7">
+      <c r="A739" t="s">
+        <v>986</v>
+      </c>
+      <c r="B739" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D739" t="s">
+        <v>10</v>
+      </c>
+      <c r="E739" t="s">
+        <v>11</v>
+      </c>
+      <c r="F739" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="G739" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="740" spans="1:7">
+      <c r="A740" t="s">
+        <v>943</v>
+      </c>
+      <c r="B740" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C740" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D740" t="s">
+        <v>10</v>
+      </c>
+      <c r="E740" t="s">
+        <v>11</v>
+      </c>
+      <c r="F740" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="G740" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="741" spans="1:7">
+      <c r="A741" t="s">
+        <v>947</v>
+      </c>
+      <c r="B741" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D741" t="s">
+        <v>10</v>
+      </c>
+      <c r="E741" t="s">
+        <v>11</v>
+      </c>
+      <c r="F741" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="G741" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="742" spans="1:7">
+      <c r="A742" t="s">
+        <v>950</v>
+      </c>
+      <c r="B742" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C742" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D742" t="s">
+        <v>10</v>
+      </c>
+      <c r="E742" t="s">
+        <v>11</v>
+      </c>
+      <c r="F742" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G742" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="743" spans="1:7">
+      <c r="A743" t="s">
+        <v>953</v>
+      </c>
+      <c r="B743" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C743" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D743" t="s">
+        <v>10</v>
+      </c>
+      <c r="E743" t="s">
+        <v>11</v>
+      </c>
+      <c r="F743" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="G743" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="744" spans="1:7">
+      <c r="A744" t="s">
+        <v>956</v>
+      </c>
+      <c r="B744" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C744" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D744" t="s">
+        <v>10</v>
+      </c>
+      <c r="E744" t="s">
+        <v>11</v>
+      </c>
+      <c r="F744" s="1" t="s">
+        <v>2690</v>
+      </c>
+      <c r="G744" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="745" spans="1:7">
+      <c r="A745" t="s">
+        <v>959</v>
+      </c>
+      <c r="B745" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C745" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D745" t="s">
+        <v>10</v>
+      </c>
+      <c r="E745" t="s">
+        <v>11</v>
+      </c>
+      <c r="F745" s="1" t="s">
+        <v>2693</v>
+      </c>
+      <c r="G745" t="s">
+        <v>2694</v>
+      </c>
+    </row>
+    <row r="746" spans="1:7">
+      <c r="A746" t="s">
+        <v>962</v>
+      </c>
+      <c r="B746" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C746" t="s">
+        <v>2695</v>
+      </c>
+      <c r="D746" t="s">
+        <v>10</v>
+      </c>
+      <c r="E746" t="s">
+        <v>11</v>
+      </c>
+      <c r="F746" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="G746" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="747" spans="1:7">
+      <c r="A747" t="s">
+        <v>997</v>
+      </c>
+      <c r="B747" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C747" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D747" t="s">
+        <v>10</v>
+      </c>
+      <c r="E747" t="s">
+        <v>11</v>
+      </c>
+      <c r="F747" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="G747">
         <f> DISPÕEM SOBRE O PROGRAMA "EM DIA COM GENERAL CÂMARA", E DÁ OUTRAS PROVIDÊNCIAS =</f>
         <v>0</v>
       </c>
     </row>
-    <row r="725" spans="1:7">
-[...19 lines deleted...]
-        <v>2612</v>
+    <row r="748" spans="1:7">
+      <c r="A748" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B748" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C748" t="s">
+        <v>2701</v>
+      </c>
+      <c r="D748" t="s">
+        <v>10</v>
+      </c>
+      <c r="E748" t="s">
+        <v>11</v>
+      </c>
+      <c r="F748" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="G748" t="s">
+        <v>2703</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -25724,50 +26526,73 @@
     <hyperlink ref="F701" r:id="rId700"/>
     <hyperlink ref="F702" r:id="rId701"/>
     <hyperlink ref="F703" r:id="rId702"/>
     <hyperlink ref="F704" r:id="rId703"/>
     <hyperlink ref="F705" r:id="rId704"/>
     <hyperlink ref="F706" r:id="rId705"/>
     <hyperlink ref="F707" r:id="rId706"/>
     <hyperlink ref="F708" r:id="rId707"/>
     <hyperlink ref="F709" r:id="rId708"/>
     <hyperlink ref="F710" r:id="rId709"/>
     <hyperlink ref="F711" r:id="rId710"/>
     <hyperlink ref="F712" r:id="rId711"/>
     <hyperlink ref="F713" r:id="rId712"/>
     <hyperlink ref="F714" r:id="rId713"/>
     <hyperlink ref="F715" r:id="rId714"/>
     <hyperlink ref="F716" r:id="rId715"/>
     <hyperlink ref="F717" r:id="rId716"/>
     <hyperlink ref="F718" r:id="rId717"/>
     <hyperlink ref="F719" r:id="rId718"/>
     <hyperlink ref="F720" r:id="rId719"/>
     <hyperlink ref="F721" r:id="rId720"/>
     <hyperlink ref="F722" r:id="rId721"/>
     <hyperlink ref="F723" r:id="rId722"/>
     <hyperlink ref="F724" r:id="rId723"/>
     <hyperlink ref="F725" r:id="rId724"/>
+    <hyperlink ref="F726" r:id="rId725"/>
+    <hyperlink ref="F727" r:id="rId726"/>
+    <hyperlink ref="F728" r:id="rId727"/>
+    <hyperlink ref="F729" r:id="rId728"/>
+    <hyperlink ref="F730" r:id="rId729"/>
+    <hyperlink ref="F731" r:id="rId730"/>
+    <hyperlink ref="F732" r:id="rId731"/>
+    <hyperlink ref="F733" r:id="rId732"/>
+    <hyperlink ref="F734" r:id="rId733"/>
+    <hyperlink ref="F735" r:id="rId734"/>
+    <hyperlink ref="F736" r:id="rId735"/>
+    <hyperlink ref="F737" r:id="rId736"/>
+    <hyperlink ref="F738" r:id="rId737"/>
+    <hyperlink ref="F739" r:id="rId738"/>
+    <hyperlink ref="F740" r:id="rId739"/>
+    <hyperlink ref="F741" r:id="rId740"/>
+    <hyperlink ref="F742" r:id="rId741"/>
+    <hyperlink ref="F743" r:id="rId742"/>
+    <hyperlink ref="F744" r:id="rId743"/>
+    <hyperlink ref="F745" r:id="rId744"/>
+    <hyperlink ref="F746" r:id="rId745"/>
+    <hyperlink ref="F747" r:id="rId746"/>
+    <hyperlink ref="F748" r:id="rId747"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>